--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -1,4082 +1,5366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="JPG" ContentType="image/.jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="71D13ED1">
+    <w:p w14:paraId="11FA1E08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>协议</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="6273D111">
+        <w:t>No.：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435EE6FB">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="156" w:afterLines="50"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="64065CDD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ember</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ship Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD00F5D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="312" w:beforeLines="100" w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Intelligent Terminal Microelectronics Association Limited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hongkong-based </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>company with its principal place of business at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5A. Shun Cheung Industrial Building, 26 Wing Hong Street, Cheung Sha Wan, Kowloon, H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>ong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>ong.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Here</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>after “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>（</w:t>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” or “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>协会</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+        <w:t>ITMA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>），</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEA3702">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="312" w:beforeLines="100" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564D017F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="312" w:beforeLines="100" w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>注册地位于</w:t>
-[...22 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>YOUR COMPANY NAME</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>corporation, having its registered office at……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Hereinafter </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633F40B3">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...19 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>RECITALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA1EB85">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>，以下</w:t>
-[...21 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WHEREAS, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ssociation is a non-profit industrial standards organization voluntarily composed of enterprises and institutions in the terminal and microelectronics industries. Its main scope of work is to define microelectronics technology standards for smart terminals and to standardize the market promotion of related products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD514A6">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...26 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voluntarily applie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to join the Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>by submitting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Application for Membership </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Association, and the Association agree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to accept </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Member.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="1B85FB26">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOW, THEREFORE, the Association and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in accordance with the principle of voluntariness and fairness, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>agree as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> follow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E00A848">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk194500264"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="33CEAA9B">
+        </w:rPr>
+        <w:t>DEFINITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7A44DD4B">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All headings used in this Agreement are inserted for convenience and are not intended to affect or alter the meaning or interpretation of this Agreement. For purposes of construction and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this Agreement, the word “including” (and variations thereof such as “includes”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>and “include”) and the phrase “such as” will not be deemed to be terms of limitation, but rather will be deemed to be followed by the words “without limitation.” Any reference to “herein” or “hereunder” in this Agreement, unless stated otherwise, refers to this Agreement. References to “Sections” in this Agreement include all subsections thereof (e.g., Section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 includes Sections 5.1, 5.2, 5.3, and 5.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. For purposes of this Agreement, capitalized terms (whether in singular or in plural form) that are not otherwise defined are defined as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEA924A">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Affiliate(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>” means</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>one Party</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, any other Person that directly or indirectly controls, is controlled by, or is under common control with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the Party</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, respectively, where “control” of a Person means ownership of more than fifty percent (50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>) of (i) the voting power of the outstanding voting stock or other voting securities or equity interests of such Person or (ii) other interests the holders of which are entitled to vote for the election of the board of directors or other applicable governing body of such Person, and only as long as such control exists</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FAE717">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rticles”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>means the articles of association of the Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F803EC2">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Effective Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> refers to the date on which the last party signs or seals the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when the authorized representatives of both parties sign the Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F49DC5">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Partie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, collectively. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4455942A">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Intrant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>individually</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2221E401">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Membership class</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”: The membership class </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>defined by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssociation includes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Board member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xecutive member, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enior member, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>General</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> member and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Adopter member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">member </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rights of different </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Membership </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>class</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s are listed in Annex I.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0934BE8D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>协会</w:t>
-[...27 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>乙方</w:t>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:t>Rights and Obligations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477EE5F0">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="300" w:lineRule="auto"/>
-[...59 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant agrees to strictly abide by Articles of the Association, fulfill management procedures and membership obligations such as membership fee payment demand, etc., and enjoy the membership rights corresponding to its Membership class.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A48034C">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant may, in response to the Association's request, offer opinions and suggestions to the Association based on the rights corresponding to its membership class when the Association intends to amend or issue new policies or regulations. Once the amended or newly issued policies or regulations take effect, Intrant shall unconditionally comply with and fulfill the amended or newly issued policies or regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B37604">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant shall submit a Membership Class Change Application to the Association when Intrant intends to upgrade its membership class from an Adopter member to a higher class of membership, such as a General member, Senior member, or Executive member. Upon the Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s approval, both Parties shall sign a new membership agreement corresponding to the new Membership class. Intrant must pay the membership fee if upgrading from an Adopter member to a higher </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>membership</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> class, or make up the membership fee difference between </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membership classs before and after the change for that year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC35782">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>As a member of the Association, Intrant shall be obliged to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6301112F">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440"/>
-[...25 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:ind w:left="880" w:hanging="440" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dhere to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rticles of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ssociation, the Association’s Intellectual Property Policy, and the consensus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reached by the committees and Workgroups; implement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the resolutions of the general</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>meeting and the directors;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFD14B0">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440"/>
-[...33 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:ind w:left="880" w:hanging="440" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Upholding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the leg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rights and interests of the Association, including its intermediate and final</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>research outcomes, and refrain from the dissemination of non-public documents of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Association to non-members, whether individuals or entities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0F6AE6">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440"/>
-[...40 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:ind w:left="880" w:hanging="440" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Actively participat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssociation's standard setting, marketing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promotion </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and other </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relevant initiatives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C84AD8E">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:ind w:left="880" w:hanging="440" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To publicize, implement and enforce standards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> developed by the Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6902FCAC">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:ind w:left="880" w:hanging="440" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ay</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membership </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fee </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the exception of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adopter Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A43564">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440"/>
-[...156 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:ind w:left="880" w:hanging="440" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Actively report</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssociation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecretariat any violations of the rights and interests of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ssociation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A10E2D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLineChars="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="440" w:firstLineChars="0"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...32 lines deleted...]
-        <w:pStyle w:val="21"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>As a member of the Association, Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s Affiliates have the right to participate in any activities of the Association.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA9ADD1">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fee(s) and Payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117DD9C2">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="21"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annual Fee. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Association is </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entitled to levy a membership </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fee </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to its members and members shall pay the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>membership fee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annually</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the Association upon its being accepted as such.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The annual membership fee standards for Board members, Executive members, Senior members and General members are listed in Annex II. Adopter member do not need to pay any membership fees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2417AF1C">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Bank Details</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Membership fees shall be paid (or remitted) to the Bank Account designated by the Association, as listed in Annex III.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA59186">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Taxes and Costs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Intrant shall pay the membership fee in full within one month from the Effective Date of this Membership Agreement, and bear the taxes and costs required by law as well as the remittance procedures. In case of special circumstances, Intrant may apply for payment delay, but the payment delay shall not exceed four months from the Effective Date of the Agreement, or the invoice date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CC9F0A">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Membership class change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. During the term of the Agreement, if Intrant's Membership class is downgraded, such as from Board member to other Membership class, or from Executive member to General member, the Association would not refund the membership fee difference between the different membership classes in the year of class downgrading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FE28EA">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fee adjustment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Association may adjust the membership fee according to actual operation situation as well as based on the membership fee management procedures of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Association, and shall issue the fee adjustment on the official website of the Association (https://www.itma.org/cn/about/membership). If the membership fee is adjusted during the term of the Agreement, Intrant shall pay the membership fee in accordance with the requirements and standards specified in the Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46744A29">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidentiality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764DE6BA">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="21"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Confidential Information disclosed in writing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. The disclosing party shall mark the name of the disclosing party, the date of disclosure and "confidential" or similar words on it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259953A0">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Confidential Information disclosed orally or otherwise in a non-written manner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. The disclosing party shall compile the disclosed confidential information, the name of the disclosing party and the date of disclosure in written form and deliver it to the receiving party within 30 days from the first disclosure date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0629E3E4">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Association shall not be liable for any losses or damages suffered by Intrant due to the use of the Confidential Information disclosed by Intrant to the Association by other members of the Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in violation of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their confidentiality obligations. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Without </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s consent, the Association shall not disclose </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s confidential information to any third party. The confidential information disclosed by the Association to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall not be disclosed by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to any third party until the Association makes it public or consents to its disclosure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10184F3D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within five years after Intrant withdraws from the Association, both parties </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall still be obliged to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>confidential information confidential and shall not disclose it to any third party that has no confidentiality obligation with the Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA48D7D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Representations and Warranties</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D49BF9">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="21"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant guarantees that it has an independent legal person status and is engaged in technology research and development, testing services, production and sales, standard formulation, market promotion, platform, manufacturing, academic research, media services and other works in the smart terminal and microelectronics industry chain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157075B4">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant warrants that any materials it provided to the Association are accurate, true and do not infringe legitimate rights and interests of any third party. If providing false or untrue materials or information, Intrant shall be liable to failure to enjoy the membership rights or other disputes caused thereby.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75998CAE">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Association guarantees that Intrant can enjoy the rights corresponding to its membership class fairly and without discrimination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03310ACC">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Notification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B77F05B">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="21"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>n the event of significant organisational change, mergers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acquisitions,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Intrant shall submit a written application for member change </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for directors’ approval</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134C880A">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Intrant shall designate a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dedicated individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsible for daily communication with the Secretariat </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>to facilitate ongoing operations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The information on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dedicated individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0B9BD8">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A66B594">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Tel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4150B3A0">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5007D831">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Mailing address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FDAC30">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLine="240" w:firstLineChars="100"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dedicated individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> changed, Intrant shall formally notify the Secretariat of the Association in writing, specifying the reasons for the change and update the information on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dedicated individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C385DB">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Association designates a permanent contact as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF2E2ED">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name: Phoenix Wong</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF852B3">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Tel: 86-18617198753</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D896422">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E-mail: phoenix@itma.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120BEFFB">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="424" w:leftChars="202"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mailing address: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>09, Sangda Technology Building, Science and Technology Park, Nanshan District, Shenzhen, Guangdong, P. R. China.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08635E84">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...162 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>三、费用条款</w:t>
-[...158 lines deleted...]
-      <w:pPr>
+        <w:t>Term and Termination</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk179967425"/>
+    </w:p>
+    <w:p w14:paraId="672DAB3E">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>This Agreement is effective as of the Effective Date and shall be in full</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>force and effect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> until Intrant withdraws from the Association, or the Association is dissolved, or Intrant is expelled from the Association.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0F59B1">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">During the term of this Agreement, if Intrant voluntarily withdraws from the Association, it shall submit a written Application for Withdrawal to the Association. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Association's Board of Directors shall provide a written response within 10 working days after receiving the Application for Withdrawal, confirming </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>'s withdrawal and the effective date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thereof</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If the Board of Directors fails to respond within 10 working days, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intrant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>'s withdrawal shall take effect from the date of submission of the Application for Withdrawal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF0B1EC">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>If Intrant violates the Articles of Association or other rules or policies, or damages the interests of the Association in any other way, the Association has the right to suspend Intrant's membership and all rights upon obtaining evidence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E65D4F">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>When Intrant withdraws from the Association, all rights and interests corresponding to the Membership class of Intrant shall immediately become invalid, and the rights and interests of using or applying all relevant technologies, tests or trademarks of the Association shall be stopped, and its member account shall be disabled at the same time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5771F9CF">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ceasing to be a member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any reason, Intrant is NOT entitled to any refund of the membership fees or donations or any other rights and interests paid or provided by Intrant to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Association.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="183F6C96">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357" w:firstLineChars="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Miscellaneous</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54358039">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Governing Law and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dispute Resolution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of any dispute arising from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>execution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this Agreement, the Parties shall resolve it through consultation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in good faith</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. If the consultation fails, the dispute may be submitted to the Hong Kong International Arbitration Centre for arbitration in accordance with its rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2384DA5C">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Copies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>has two copie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s, with each Party holding one copy, and each copy shall have the same legal effect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB9B21F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IN WITNESS WHEREOF, the Parties have executed this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Membership</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agreement as of the Effective Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="HarmonyOS Sans SC" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F319AB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Intelligent Terminal Microelectronics Association Limited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="440"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="440"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092C76C3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2、保密信息若首先以口头等其他非书面方式披露，则披露方应将其所披露的保密信息、披露方名称及披露日期整理成书面形式，并自首次口头披露之日起三十日内将其交付给接收方。</w:t>
-[...77 lines deleted...]
-        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Approved representative: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...702 lines deleted...]
-        <w:t>八、</w:t>
+        <w:t>Wei Tai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>适用法律和争议解决</w:t>
-[...10 lines deleted...]
-        <w:ind w:firstLine="440"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D4CED1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1、</w:t>
+        <w:t>Signature:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>本协议在履行过程中</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440EDAD7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>，如</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Secretary-General  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D32A75">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>，</w:t>
+        <w:t>Date:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>由双方协商解决</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5C47C4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08EE4110">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>。</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>协商不成功的</w:t>
-[...29 lines deleted...]
-        <w:spacing w:before="156" w:beforeLines="50" w:line="300" w:lineRule="auto"/>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3742C19A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
-          <w:bCs/>
-[...73 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t>：</w:t>
+        <w:t>YOUR COMPANY NAME</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170A1307">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Approved representative: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7888C476">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>乙方</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>：</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23E01EC6">
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E5E9AA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="708" w:leftChars="337" w:firstLine="360" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>（</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C41EFE7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">） </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689D6641">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="18"/>
-[...151 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BCE039">
+    <w:p w14:paraId="7968B6AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>附件一：会员等级与主要权益</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D3B92F2">
+        <w:t>Annex I: Member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Right</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with different Membership classes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41354711">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="1372891334" name="图片 1"/>
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+            <wp:extent cx="5273675" cy="2940050"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="6350"/>
+            <wp:docPr id="8" name="图片 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1372891334" name="图片 1"/>
+                    <pic:cNvPr id="8" name="图片 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5273675" cy="2940050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F43BCE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA72581">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex II: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membership</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fee standard </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(per year)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16568D46">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+            <wp:extent cx="5276850" cy="1757680"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="7620"/>
+            <wp:docPr id="9" name="图片 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="9" name="图片 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5119621" cy="2734480"/>
+                      <a:ext cx="5276850" cy="1757680"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495937DB">
+    <w:p w14:paraId="11766DE1">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343494FF">
+    <w:p w14:paraId="0762141A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>附件二：协会会员年费标准</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56AF382A">
+        <w:t xml:space="preserve">Annex III: Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bank </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="微软雅黑" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Account</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A9E83C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...102 lines deleted...]
-        <w:t>一、非港币收款账号</w:t>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I. Non-Hong Kong dollar Account</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="11"/>
-        <w:tblW w:w="9073" w:type="dxa"/>
+        <w:tblW w:w="8217" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3261"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="3412"/>
+        <w:gridCol w:w="2967"/>
       </w:tblGrid>
-      <w:tr w14:paraId="0A4EBCDA">
+      <w:tr w14:paraId="5E9E3AD3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="378" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0AA1B0">
+          <w:p w14:paraId="093F27E2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Account Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE9CC49">
+          <w:p w14:paraId="56E9B3A9">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">INTELLIGENT TERMINAL </w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="OLE_LINK2"/>
+            <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MICROELECTRONICS</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASSOCIATION LIMITED</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0ADB5163">
+      <w:tr w14:paraId="134E001A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="403" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="09AFB0BE">
+          <w:p w14:paraId="7743A816">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Account Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="341C2FAF">
+          <w:p w14:paraId="7994425C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">01286620088630 </w:t>
+              <w:t>01286620088630</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2967" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="385E0B11">
+          <w:p w14:paraId="47C2B2B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>FCY</w:t>
-[...39 lines deleted...]
-              <w:t>C)</w:t>
+              <w:t>FCY Savings Account(C)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="05933F8F">
+      <w:tr w14:paraId="00599323">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACDFE03">
+          <w:p w14:paraId="3266AA15">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SWIFT Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9671A9">
+          <w:p w14:paraId="2797A9CB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BKCHHKHHXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0DB7511A">
+      <w:tr w14:paraId="7E86BF70">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="319" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF9F86F">
+          <w:p w14:paraId="076E56A6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bank Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBCAFF7">
+          <w:p w14:paraId="2EFEC2DF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="21D6E94B">
-[...66 lines deleted...]
-      <w:tr w14:paraId="740265A1">
+      <w:tr w14:paraId="715D5A7F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC09CEA">
+          <w:p w14:paraId="126B25DC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bank Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33983606">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BANK OF CHINA (HONG KONG) LIMITED, HONG KONG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1D93200A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="25659D92">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bank Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="14509F77">
+          <w:p w14:paraId="465A9F03">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BANK OF CHINA TOWER, 1 GARDEN ROAD, CENTRAL, HONG KONG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="235CC09E">
+    <w:p w14:paraId="3040F354">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C7FB44D">
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46C3B33C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...10 lines deleted...]
-        <w:t>二、港币收款账号</w:t>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>II. Hong Kong dollar Account</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="11"/>
-        <w:tblW w:w="9067" w:type="dxa"/>
+        <w:tblW w:w="8217" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
-        <w:tblLayout w:type="autofit"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2404"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="4683"/>
+        <w:gridCol w:w="1691"/>
       </w:tblGrid>
-      <w:tr w14:paraId="68F88F02">
+      <w:tr w14:paraId="4DDAAD3A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="407" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="74B6CF70">
+          <w:p w14:paraId="5CBFD6D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Account Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6940" w:type="dxa"/>
+            <w:tcW w:w="6374" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2440E75D">
+          <w:p w14:paraId="46A1F256">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INTELLIGENT TERMINAL MICROELECTRONICS ASSOCIATION LIMITED</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="48A5D216">
+      <w:tr w14:paraId="2DB5261A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="447" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="229330B8">
+          <w:p w14:paraId="593457B2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Account Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03C0D964">
+          <w:p w14:paraId="48152865">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>01286620088627</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2404" w:type="dxa"/>
+            <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18607CF0">
+          <w:p w14:paraId="6EBB97A2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HKD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="75574721">
+      <w:tr w14:paraId="173B2AB7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="425" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1C797A19">
+          <w:p w14:paraId="19837DDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SWIFT Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6940" w:type="dxa"/>
+            <w:tcW w:w="6374" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4DDE54">
+          <w:p w14:paraId="647FD5D5">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BKCHHKHHXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1AF86B08">
+      <w:tr w14:paraId="663B86DC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="349" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3050BEB1">
+          <w:p w14:paraId="53E27C41">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bank Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6940" w:type="dxa"/>
+            <w:tcW w:w="6374" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="24B04FF7">
+          <w:p w14:paraId="32C5B849">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="19F728DE">
+      <w:tr w14:paraId="539C4CFB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="429" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="472EE381">
+          <w:p w14:paraId="14B1848F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bank Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6940" w:type="dxa"/>
+            <w:tcW w:w="6374" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6CDA9E48">
+          <w:p w14:paraId="7937253B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BANK OF CHINA (HONG KONG) LIMITED, HONG KONG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="46142303">
+      <w:tr w14:paraId="40E3946F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="39E7981A">
+          <w:p w14:paraId="2E421F76">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bank Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6940" w:type="dxa"/>
+            <w:tcW w:w="6374" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="04C2F3EB">
+          <w:p w14:paraId="39BDC962">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+                <w:rFonts w:eastAsia="微软雅黑" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BANK OF CHINA TOWER, 1 GARDEN ROAD, CENTRAL, HONG KONG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="281A2F6A">
+    <w:p w14:paraId="75C24C60">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId5" w:type="first"/>
-      <w:footerReference r:id="rId8" w:type="first"/>
+      <w:footerReference r:id="rId7" w:type="first"/>
       <w:headerReference r:id="rId3" w:type="default"/>
       <w:footerReference r:id="rId6" w:type="default"/>
       <w:headerReference r:id="rId4" w:type="even"/>
-      <w:footerReference r:id="rId7" w:type="even"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
@@ -4114,56 +5398,64 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="HarmonyOS Sans SC">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="7C1D452A">
+  <w:p w14:paraId="077052E5">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:wordWrap w:val="0"/>
       <w:ind w:right="580"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
@@ -4220,171 +5512,193 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line id="直线连接符 6" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;flip:x y;margin-top:6.6pt;height:2.15pt;width:417.8pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA8lgRANIAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3KidVm2iEKeHSv2AFlRxdONtHGGv&#10;Q+w25e9ZTnDcmdXMm2Z7D17ccEpDJA3FQoFA6qIdqNfw/rZ/qUCkbMgaHwk1fGOCbfv40JjaxpkO&#10;eDvmXnAIpdpocDmPtZSpcxhMWsQRib1LnILJfE69tJOZOTx4uVRqI4MZiBucGXHnsPs8XoMGX6nq&#10;67Qr54+D5Zb9yTsqC62fnwr1CiLjPf89wy8+o0PLTOd4JZuE18BDMqurJQh2q9V6A+LMQrkG2Tby&#10;P377A1BLAwQUAAAACACHTuJAq/qOS+sBAACyAwAADgAAAGRycy9lMm9Eb2MueG1srVO9jhMxEO6R&#10;eAfLPdlNIOFulc0VFx0UCCLx0ztee9eS/+TxZZOX4AWQ6KCivIrm3obcYzD2LgGO5gq2sMbz8818&#10;n2eXF3ujyU4EUM7WdDopKRGWu0bZtqbv3109OaMEIrMN086Kmh4E0IvV40fL3ldi5jqnGxEIglio&#10;el/TLkZfFQXwThgGE+eFxaB0wbCI19AWTWA9ohtdzMpyUfQuND44LgDQux6CdEQMDwF0Uiou1o5f&#10;G2HjgBqEZhEpQac80FWeVkrB4xspQUSia4pMYz6xCdrbdBarJavawHyn+DgCe8gI9zgZpiw2PUGt&#10;WWTkOqh/oIziwYGTccKdKQYiWRFkMS3vafO2Y15kLig1+JPo8P9g+evdJhDV1HRBiWUGH/z46eb4&#10;/fbu9vOPj1+O376SRRKp91Bh7qXdhPEGfhMS470Mhkit/EvcJpqtD8lKMeRH9lnsw0lssY+Eo3P+&#10;tFzMnuE7cIzNnk/P56lPMQCmYh8gvhDOkGTUVCubtGAV272COKT+Sklu666U1uhnlbakr+n5fDZH&#10;dIY7KnE30DQeeYJtKWG6xeXnMWREcFo1qToVQ2i3lzqQHUsrk79xsL/SUus1g27Iy6ExTVukkfQa&#10;FErW1jWHLFz241NmouPapV35856rf/9qq59QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABf&#10;cmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9&#10;g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD&#10;75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qA&#10;euj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdq&#10;Wdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhv&#10;j5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxS&#10;mriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi&#10;6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KA&#10;U/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAAAAAAABACAAAABWBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAADgDAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAAAAAAABACAAAABcAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDyWBEA0gAA&#10;AAYBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAq/qO&#10;S+sBAACyAwAADgAAAAAAAAABACAAAAAhAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAA&#10;fgUAAAAA&#10;">
               <v:fill on="f" focussize="0,0"/>
               <v:stroke color="#000000 [3213]" joinstyle="round"/>
               <v:imagedata o:title=""/>
               <o:lock v:ext="edit" aspectratio="f"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="09F36874">
+  <w:p w14:paraId="7B28D329">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="-52"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+        <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve">service@itma.org                                         </w:t>
+      <w:t xml:space="preserve">service@itma.org       </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+        <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve">         </w:t>
+      <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+        <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t>ITMA Confidential</w:t>
+      <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve"> (</w:t>
+      <w:t xml:space="preserve">                                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t>20250513</w:t>
+      <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t>)</w:t>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w14:textFill>
+          <w14:solidFill>
+            <w14:schemeClr w14:val="tx1"/>
+          </w14:solidFill>
+        </w14:textFill>
+      </w:rPr>
+      <w:t>ITMA</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w14:textFill>
+          <w14:solidFill>
+            <w14:schemeClr w14:val="tx1"/>
+          </w14:solidFill>
+        </w14:textFill>
+      </w:rPr>
+      <w:t xml:space="preserve"> Confidential</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="59FAD7EC">
+  <w:p w14:paraId="6839C008">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="90"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -4483,110 +5797,100 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="073A51E7">
+  <w:p w14:paraId="0A88E1BB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="1048389C">
-[...9 lines deleted...]
-  <w:p w14:paraId="7A40C735">
+  <w:p w14:paraId="0B776226">
     <w:pPr>
       <w:pStyle w:val="8"/>
       <w:pBdr>
         <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="6" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="accent1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="22273C29">
+  <w:p w14:paraId="7DFD0C9D">
     <w:pPr>
       <w:pStyle w:val="7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="621060E0">
+  <w:p w14:paraId="51082995">
     <w:pPr>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:pict>
         <v:shape id="WordPictureWatermark624139565" o:spid="_x0000_s1026" o:spt="75" type="#_x0000_t75" style="position:absolute;left:0pt;height:302.05pt;width:414.9pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;z-index:-251655168;mso-width-relative:page;mso-height-relative:page;" filled="f" o:preferrelative="t" stroked="f" coordsize="21600,21600" o:allowincell="f">
           <v:path/>
           <v:fill on="f" focussize="0,0"/>
           <v:stroke on="f" joinstyle="miter"/>
           <v:imagedata r:id="rId1" gain="19661f" blacklevel="22938f" o:title="ITMA-水印图wutm"/>
           <o:lock v:ext="edit" aspectratio="t"/>
@@ -4634,77 +5938,61 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="633819" cy="223950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
-[...14 lines deleted...]
-      <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve">               </w:t>
+      <w:t xml:space="preserve">™               </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve">                        </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
@@ -4719,94 +6007,94 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t>Intelligent Terminal Microelectronics Association</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve"> Limited</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="29614FF0">
+  <w:p w14:paraId="41301631">
     <w:pPr>
       <w:pStyle w:val="8"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="10"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="7629C8D1">
+  <w:p w14:paraId="4A3D5700">
     <w:pPr>
       <w:pStyle w:val="8"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape id="WordPictureWatermark624139564" o:spid="_x0000_s1027" o:spt="75" type="#_x0000_t75" style="position:absolute;left:0pt;height:302.05pt;width:414.9pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;z-index:-251656192;mso-width-relative:page;mso-height-relative:page;" filled="f" o:preferrelative="t" stroked="f" coordsize="21600,21600" o:allowincell="f">
           <v:path/>
           <v:fill on="f" focussize="0,0"/>
           <v:stroke on="f" joinstyle="miter"/>
           <v:imagedata r:id="rId1" gain="19661f" blacklevel="22938f" o:title="ITMA-水印图wutm"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="2BC93047">
+  <w:p w14:paraId="34EB233A">
     <w:pPr>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
@@ -4903,1025 +6191,1136 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t>终端存储</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve">协会 </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="604DDEA5">
+  <w:p w14:paraId="3BB32C1B">
     <w:pPr>
       <w:pStyle w:val="8"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="26634B64">
+  <w:p w14:paraId="63AFDEF3">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:sz w:val="11"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="4CF47365"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="4CF47365"/>
+    <w:nsid w:val="B2DCEA70"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B2DCEA70"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="chineseCountingThousand"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="880" w:hanging="440"/>
-      </w:pPr>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="560849D5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="560849D5"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1320" w:hanging="440"/>
-      </w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="440"/>
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2640" w:hanging="440"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3520" w:hanging="440"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="440"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
-[...2 lines deleted...]
-  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:zoom w:percent="60"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A79E5"/>
     <w:rsid w:val="00000510"/>
     <w:rsid w:val="000012A7"/>
     <w:rsid w:val="00001483"/>
+    <w:rsid w:val="00001545"/>
     <w:rsid w:val="00001619"/>
     <w:rsid w:val="00003A41"/>
     <w:rsid w:val="0000569D"/>
+    <w:rsid w:val="00006AAD"/>
     <w:rsid w:val="00011252"/>
     <w:rsid w:val="000119CD"/>
     <w:rsid w:val="00012804"/>
     <w:rsid w:val="00012E43"/>
     <w:rsid w:val="000171CA"/>
     <w:rsid w:val="00021AF4"/>
     <w:rsid w:val="00023301"/>
     <w:rsid w:val="00031B9D"/>
     <w:rsid w:val="00032862"/>
     <w:rsid w:val="00032F5A"/>
     <w:rsid w:val="00034553"/>
     <w:rsid w:val="000418B0"/>
     <w:rsid w:val="000455D0"/>
     <w:rsid w:val="00047875"/>
     <w:rsid w:val="0005034C"/>
     <w:rsid w:val="00052E35"/>
     <w:rsid w:val="000574BD"/>
+    <w:rsid w:val="00057B9D"/>
     <w:rsid w:val="000619FA"/>
     <w:rsid w:val="0006248C"/>
     <w:rsid w:val="000721B5"/>
     <w:rsid w:val="00074E4C"/>
     <w:rsid w:val="000762E5"/>
     <w:rsid w:val="00082CF0"/>
     <w:rsid w:val="00082D43"/>
     <w:rsid w:val="00082E14"/>
     <w:rsid w:val="0008364A"/>
     <w:rsid w:val="000843A3"/>
     <w:rsid w:val="00084F03"/>
     <w:rsid w:val="000860A9"/>
     <w:rsid w:val="00091189"/>
     <w:rsid w:val="000A0D6D"/>
     <w:rsid w:val="000A6E99"/>
     <w:rsid w:val="000A731C"/>
     <w:rsid w:val="000B36FA"/>
     <w:rsid w:val="000B5FC3"/>
     <w:rsid w:val="000B63EB"/>
+    <w:rsid w:val="000B65DC"/>
     <w:rsid w:val="000B7035"/>
     <w:rsid w:val="000B738A"/>
     <w:rsid w:val="000B7C23"/>
     <w:rsid w:val="000C1ADC"/>
     <w:rsid w:val="000C3D2B"/>
     <w:rsid w:val="000C5081"/>
     <w:rsid w:val="000C7217"/>
     <w:rsid w:val="000D14D5"/>
     <w:rsid w:val="000D3EA2"/>
     <w:rsid w:val="000D57A4"/>
     <w:rsid w:val="000E0E6D"/>
     <w:rsid w:val="000E16B4"/>
     <w:rsid w:val="000E71B2"/>
     <w:rsid w:val="000F48DA"/>
     <w:rsid w:val="000F5E49"/>
     <w:rsid w:val="000F5EAE"/>
     <w:rsid w:val="000F6545"/>
     <w:rsid w:val="000F6685"/>
     <w:rsid w:val="000F687E"/>
     <w:rsid w:val="000F6B80"/>
     <w:rsid w:val="000F6C33"/>
     <w:rsid w:val="00105E2A"/>
+    <w:rsid w:val="00107A62"/>
     <w:rsid w:val="001118DA"/>
     <w:rsid w:val="001135D7"/>
     <w:rsid w:val="00115CF6"/>
     <w:rsid w:val="00117D75"/>
     <w:rsid w:val="00122793"/>
     <w:rsid w:val="00122CD5"/>
     <w:rsid w:val="00132C0C"/>
     <w:rsid w:val="00132C99"/>
     <w:rsid w:val="00136D65"/>
     <w:rsid w:val="00142D0A"/>
     <w:rsid w:val="00143E54"/>
     <w:rsid w:val="00143F90"/>
     <w:rsid w:val="00146F68"/>
     <w:rsid w:val="00147CCC"/>
     <w:rsid w:val="00150FF6"/>
     <w:rsid w:val="00154A90"/>
     <w:rsid w:val="00155D22"/>
     <w:rsid w:val="00156900"/>
     <w:rsid w:val="00156AFF"/>
     <w:rsid w:val="00157365"/>
     <w:rsid w:val="00161E17"/>
     <w:rsid w:val="00163825"/>
     <w:rsid w:val="00163C6A"/>
     <w:rsid w:val="001650DD"/>
     <w:rsid w:val="001663F6"/>
     <w:rsid w:val="001700F2"/>
     <w:rsid w:val="001708AD"/>
     <w:rsid w:val="001708C7"/>
     <w:rsid w:val="00173B4C"/>
     <w:rsid w:val="00176E88"/>
+    <w:rsid w:val="00185063"/>
     <w:rsid w:val="00186346"/>
     <w:rsid w:val="00186959"/>
     <w:rsid w:val="001930DB"/>
     <w:rsid w:val="00193146"/>
     <w:rsid w:val="001934F6"/>
     <w:rsid w:val="001950AA"/>
     <w:rsid w:val="001A0B5A"/>
     <w:rsid w:val="001A3291"/>
     <w:rsid w:val="001A426C"/>
     <w:rsid w:val="001A4DC5"/>
     <w:rsid w:val="001A5914"/>
     <w:rsid w:val="001A5A78"/>
     <w:rsid w:val="001A60D4"/>
     <w:rsid w:val="001A7C83"/>
     <w:rsid w:val="001A7EFA"/>
     <w:rsid w:val="001B5A58"/>
     <w:rsid w:val="001B7C64"/>
     <w:rsid w:val="001C129D"/>
     <w:rsid w:val="001C1D1A"/>
     <w:rsid w:val="001C3681"/>
+    <w:rsid w:val="001C3F36"/>
     <w:rsid w:val="001C5307"/>
     <w:rsid w:val="001C5DDA"/>
     <w:rsid w:val="001C64AC"/>
     <w:rsid w:val="001C67F8"/>
     <w:rsid w:val="001D007E"/>
     <w:rsid w:val="001D28B9"/>
     <w:rsid w:val="001D28BC"/>
     <w:rsid w:val="001D2E05"/>
     <w:rsid w:val="001D6CE4"/>
     <w:rsid w:val="001D77BC"/>
     <w:rsid w:val="001E07D9"/>
     <w:rsid w:val="001E3FFA"/>
     <w:rsid w:val="001E5CF5"/>
     <w:rsid w:val="001E66B4"/>
+    <w:rsid w:val="001F5897"/>
     <w:rsid w:val="0020227E"/>
     <w:rsid w:val="00225356"/>
-    <w:rsid w:val="00225FF7"/>
     <w:rsid w:val="0024320F"/>
     <w:rsid w:val="00250827"/>
     <w:rsid w:val="002511B3"/>
     <w:rsid w:val="00261658"/>
     <w:rsid w:val="00262E76"/>
     <w:rsid w:val="002655ED"/>
+    <w:rsid w:val="00270D93"/>
     <w:rsid w:val="00272E86"/>
     <w:rsid w:val="00273EB7"/>
     <w:rsid w:val="00277E14"/>
+    <w:rsid w:val="00283F19"/>
     <w:rsid w:val="002842F7"/>
     <w:rsid w:val="002857F4"/>
     <w:rsid w:val="00286670"/>
     <w:rsid w:val="0029083C"/>
     <w:rsid w:val="00295C54"/>
     <w:rsid w:val="00297D0D"/>
     <w:rsid w:val="002A08DE"/>
     <w:rsid w:val="002A5871"/>
     <w:rsid w:val="002B3435"/>
     <w:rsid w:val="002B7686"/>
     <w:rsid w:val="002B76EE"/>
     <w:rsid w:val="002C1257"/>
     <w:rsid w:val="002C64AC"/>
     <w:rsid w:val="002D1A54"/>
     <w:rsid w:val="002D3FCE"/>
     <w:rsid w:val="002D5464"/>
     <w:rsid w:val="002D75CC"/>
     <w:rsid w:val="002E040B"/>
     <w:rsid w:val="002E04FC"/>
     <w:rsid w:val="002E4697"/>
     <w:rsid w:val="002F28E4"/>
     <w:rsid w:val="002F2C52"/>
     <w:rsid w:val="003003DC"/>
     <w:rsid w:val="00301D6E"/>
     <w:rsid w:val="00303BD6"/>
     <w:rsid w:val="00310B3E"/>
     <w:rsid w:val="00322209"/>
     <w:rsid w:val="00322559"/>
     <w:rsid w:val="00322585"/>
     <w:rsid w:val="003244CF"/>
     <w:rsid w:val="0033553F"/>
     <w:rsid w:val="00336615"/>
     <w:rsid w:val="003376CF"/>
     <w:rsid w:val="00347639"/>
+    <w:rsid w:val="00356756"/>
     <w:rsid w:val="00356BFD"/>
     <w:rsid w:val="003601CB"/>
     <w:rsid w:val="00361D8D"/>
     <w:rsid w:val="0036246F"/>
     <w:rsid w:val="0036440A"/>
     <w:rsid w:val="00365C68"/>
     <w:rsid w:val="003677CD"/>
     <w:rsid w:val="0036799E"/>
     <w:rsid w:val="00367C0A"/>
-    <w:rsid w:val="00372061"/>
     <w:rsid w:val="0037413D"/>
+    <w:rsid w:val="003779A2"/>
     <w:rsid w:val="00380D55"/>
     <w:rsid w:val="0038733B"/>
     <w:rsid w:val="0039336F"/>
     <w:rsid w:val="00397C65"/>
     <w:rsid w:val="003A1660"/>
     <w:rsid w:val="003A2850"/>
     <w:rsid w:val="003A2888"/>
     <w:rsid w:val="003A5C1F"/>
+    <w:rsid w:val="003A5C23"/>
     <w:rsid w:val="003A6126"/>
     <w:rsid w:val="003B0851"/>
     <w:rsid w:val="003B39E6"/>
     <w:rsid w:val="003B4015"/>
     <w:rsid w:val="003B5158"/>
     <w:rsid w:val="003B55D0"/>
     <w:rsid w:val="003C0B91"/>
     <w:rsid w:val="003C4BE4"/>
     <w:rsid w:val="003C6270"/>
     <w:rsid w:val="003D1DFC"/>
     <w:rsid w:val="003D701B"/>
     <w:rsid w:val="003E0ED2"/>
     <w:rsid w:val="003E11EE"/>
+    <w:rsid w:val="003E44EC"/>
     <w:rsid w:val="003E7CA4"/>
     <w:rsid w:val="003F585E"/>
     <w:rsid w:val="003F6331"/>
     <w:rsid w:val="003F6997"/>
     <w:rsid w:val="00401783"/>
     <w:rsid w:val="00401965"/>
+    <w:rsid w:val="004029E1"/>
     <w:rsid w:val="00407ADE"/>
     <w:rsid w:val="00410332"/>
+    <w:rsid w:val="004124A2"/>
     <w:rsid w:val="00413C6D"/>
     <w:rsid w:val="00414352"/>
     <w:rsid w:val="004220A7"/>
     <w:rsid w:val="00425469"/>
     <w:rsid w:val="00425DEC"/>
     <w:rsid w:val="00431984"/>
     <w:rsid w:val="00433B94"/>
     <w:rsid w:val="00434008"/>
     <w:rsid w:val="00434478"/>
     <w:rsid w:val="00443688"/>
     <w:rsid w:val="0044399B"/>
     <w:rsid w:val="00446802"/>
     <w:rsid w:val="00452227"/>
     <w:rsid w:val="00452B6F"/>
     <w:rsid w:val="00455547"/>
-    <w:rsid w:val="00457CB3"/>
     <w:rsid w:val="00460E30"/>
     <w:rsid w:val="0046104F"/>
     <w:rsid w:val="00462945"/>
     <w:rsid w:val="00462DD1"/>
     <w:rsid w:val="00463270"/>
     <w:rsid w:val="00463876"/>
     <w:rsid w:val="004650DE"/>
     <w:rsid w:val="00465361"/>
     <w:rsid w:val="00465DCC"/>
     <w:rsid w:val="0046706D"/>
     <w:rsid w:val="00470721"/>
+    <w:rsid w:val="00471DB1"/>
     <w:rsid w:val="00473AD2"/>
     <w:rsid w:val="00474538"/>
     <w:rsid w:val="004814D4"/>
     <w:rsid w:val="00486999"/>
     <w:rsid w:val="00486BEA"/>
     <w:rsid w:val="004906F8"/>
     <w:rsid w:val="004911A1"/>
     <w:rsid w:val="004923CD"/>
     <w:rsid w:val="004935EF"/>
     <w:rsid w:val="004A0AF1"/>
     <w:rsid w:val="004A2E75"/>
     <w:rsid w:val="004A304D"/>
     <w:rsid w:val="004A79E5"/>
     <w:rsid w:val="004B243B"/>
     <w:rsid w:val="004B310A"/>
     <w:rsid w:val="004B572B"/>
     <w:rsid w:val="004B5BA5"/>
     <w:rsid w:val="004B5E92"/>
     <w:rsid w:val="004C5EAC"/>
     <w:rsid w:val="004D22A9"/>
     <w:rsid w:val="004D2ABC"/>
     <w:rsid w:val="004D5FAF"/>
     <w:rsid w:val="004F05F1"/>
     <w:rsid w:val="004F2C84"/>
+    <w:rsid w:val="004F2EEA"/>
     <w:rsid w:val="004F509D"/>
     <w:rsid w:val="004F5B4C"/>
     <w:rsid w:val="0050388D"/>
     <w:rsid w:val="00504538"/>
     <w:rsid w:val="00505087"/>
     <w:rsid w:val="005100F0"/>
     <w:rsid w:val="00511F17"/>
     <w:rsid w:val="005131A8"/>
     <w:rsid w:val="0051388C"/>
     <w:rsid w:val="005151A9"/>
     <w:rsid w:val="00517C07"/>
     <w:rsid w:val="00520F70"/>
     <w:rsid w:val="0052417A"/>
     <w:rsid w:val="00525134"/>
     <w:rsid w:val="00525CA0"/>
     <w:rsid w:val="00530F9D"/>
     <w:rsid w:val="005338C0"/>
     <w:rsid w:val="005526A0"/>
+    <w:rsid w:val="00553C4D"/>
     <w:rsid w:val="00561B0C"/>
     <w:rsid w:val="005637F6"/>
     <w:rsid w:val="0056427E"/>
     <w:rsid w:val="00564AE2"/>
+    <w:rsid w:val="0057504E"/>
     <w:rsid w:val="00577EF8"/>
     <w:rsid w:val="00580753"/>
     <w:rsid w:val="00587529"/>
     <w:rsid w:val="00597BC3"/>
     <w:rsid w:val="005A0E73"/>
     <w:rsid w:val="005B024B"/>
     <w:rsid w:val="005B183A"/>
+    <w:rsid w:val="005B63F6"/>
     <w:rsid w:val="005C0F1D"/>
     <w:rsid w:val="005D1A7A"/>
     <w:rsid w:val="005D34F0"/>
     <w:rsid w:val="005D3B24"/>
     <w:rsid w:val="005D7BA9"/>
     <w:rsid w:val="005E15A9"/>
     <w:rsid w:val="005E515B"/>
+    <w:rsid w:val="005F3A30"/>
     <w:rsid w:val="005F650D"/>
     <w:rsid w:val="00600526"/>
     <w:rsid w:val="00601C56"/>
     <w:rsid w:val="006026CF"/>
+    <w:rsid w:val="00607234"/>
     <w:rsid w:val="006238E8"/>
     <w:rsid w:val="00624B8E"/>
     <w:rsid w:val="006311B9"/>
     <w:rsid w:val="00632979"/>
     <w:rsid w:val="00633250"/>
     <w:rsid w:val="00633568"/>
     <w:rsid w:val="00634D0D"/>
-    <w:rsid w:val="00641475"/>
     <w:rsid w:val="00647856"/>
     <w:rsid w:val="00653510"/>
     <w:rsid w:val="006549E5"/>
+    <w:rsid w:val="00656523"/>
     <w:rsid w:val="0067207F"/>
     <w:rsid w:val="00677A44"/>
     <w:rsid w:val="00682501"/>
     <w:rsid w:val="0068500A"/>
     <w:rsid w:val="00685A77"/>
     <w:rsid w:val="006913EF"/>
     <w:rsid w:val="00691A3D"/>
     <w:rsid w:val="0069211D"/>
     <w:rsid w:val="00693408"/>
     <w:rsid w:val="006974FF"/>
     <w:rsid w:val="006A5EE7"/>
     <w:rsid w:val="006A6A97"/>
+    <w:rsid w:val="006C10B5"/>
     <w:rsid w:val="006C21DA"/>
     <w:rsid w:val="006C483D"/>
     <w:rsid w:val="006D1837"/>
     <w:rsid w:val="006D2838"/>
+    <w:rsid w:val="006D3757"/>
     <w:rsid w:val="006D5366"/>
     <w:rsid w:val="006D5971"/>
     <w:rsid w:val="006D6C04"/>
     <w:rsid w:val="006E4CB1"/>
     <w:rsid w:val="006E6A72"/>
     <w:rsid w:val="006F01BF"/>
     <w:rsid w:val="006F1F45"/>
     <w:rsid w:val="006F4E9B"/>
     <w:rsid w:val="006F78FC"/>
     <w:rsid w:val="006F7AFA"/>
     <w:rsid w:val="00700683"/>
     <w:rsid w:val="00700910"/>
     <w:rsid w:val="00702935"/>
     <w:rsid w:val="00702D4D"/>
     <w:rsid w:val="007044EB"/>
     <w:rsid w:val="00705295"/>
     <w:rsid w:val="0070755B"/>
     <w:rsid w:val="0071406D"/>
     <w:rsid w:val="0072215F"/>
     <w:rsid w:val="00726315"/>
+    <w:rsid w:val="0072770B"/>
     <w:rsid w:val="00732D5B"/>
     <w:rsid w:val="00736AD3"/>
+    <w:rsid w:val="007429CA"/>
     <w:rsid w:val="00743175"/>
     <w:rsid w:val="00743524"/>
     <w:rsid w:val="00744606"/>
     <w:rsid w:val="00744853"/>
     <w:rsid w:val="007469CB"/>
     <w:rsid w:val="00750E7D"/>
     <w:rsid w:val="00752F07"/>
     <w:rsid w:val="00753950"/>
     <w:rsid w:val="0075521D"/>
     <w:rsid w:val="0076119B"/>
     <w:rsid w:val="0076231E"/>
+    <w:rsid w:val="00762F8D"/>
     <w:rsid w:val="007637A1"/>
     <w:rsid w:val="00763D5E"/>
     <w:rsid w:val="007653B7"/>
     <w:rsid w:val="00766918"/>
     <w:rsid w:val="00767B3D"/>
     <w:rsid w:val="00767EA6"/>
     <w:rsid w:val="0077041A"/>
     <w:rsid w:val="007745A9"/>
     <w:rsid w:val="00774D69"/>
     <w:rsid w:val="0077501F"/>
     <w:rsid w:val="00776618"/>
     <w:rsid w:val="00783187"/>
+    <w:rsid w:val="0078367F"/>
     <w:rsid w:val="007841B3"/>
     <w:rsid w:val="00784B22"/>
     <w:rsid w:val="007855AB"/>
     <w:rsid w:val="00787B5B"/>
     <w:rsid w:val="00787D88"/>
     <w:rsid w:val="007910DC"/>
     <w:rsid w:val="0079218B"/>
     <w:rsid w:val="00793429"/>
-    <w:rsid w:val="007A0AD2"/>
     <w:rsid w:val="007A4498"/>
     <w:rsid w:val="007B27F7"/>
     <w:rsid w:val="007B78F9"/>
     <w:rsid w:val="007C3A70"/>
     <w:rsid w:val="007C43B0"/>
     <w:rsid w:val="007C7EC3"/>
     <w:rsid w:val="007D1B14"/>
     <w:rsid w:val="007E23E3"/>
     <w:rsid w:val="007E23F1"/>
     <w:rsid w:val="007F0BA7"/>
     <w:rsid w:val="007F0EA2"/>
     <w:rsid w:val="007F13D4"/>
+    <w:rsid w:val="007F1C26"/>
     <w:rsid w:val="007F1DC9"/>
     <w:rsid w:val="007F1DFD"/>
     <w:rsid w:val="007F4B6E"/>
     <w:rsid w:val="007F4D16"/>
     <w:rsid w:val="008007A1"/>
+    <w:rsid w:val="008036FF"/>
     <w:rsid w:val="00813E6D"/>
     <w:rsid w:val="00815078"/>
     <w:rsid w:val="00816C29"/>
     <w:rsid w:val="008171A3"/>
     <w:rsid w:val="00817FB3"/>
     <w:rsid w:val="0082368F"/>
     <w:rsid w:val="00825ABA"/>
     <w:rsid w:val="00831F46"/>
-    <w:rsid w:val="00832C76"/>
     <w:rsid w:val="008366E4"/>
     <w:rsid w:val="008423CC"/>
     <w:rsid w:val="008424F0"/>
     <w:rsid w:val="008457E0"/>
     <w:rsid w:val="008501D1"/>
     <w:rsid w:val="008501FB"/>
     <w:rsid w:val="0085425E"/>
     <w:rsid w:val="008552FF"/>
+    <w:rsid w:val="00861326"/>
     <w:rsid w:val="00862DE2"/>
     <w:rsid w:val="00866F26"/>
     <w:rsid w:val="00867F6D"/>
     <w:rsid w:val="00872019"/>
     <w:rsid w:val="008739DC"/>
     <w:rsid w:val="008807A2"/>
+    <w:rsid w:val="00880D14"/>
     <w:rsid w:val="008824DB"/>
     <w:rsid w:val="00883011"/>
     <w:rsid w:val="00883DBF"/>
     <w:rsid w:val="0089166A"/>
-    <w:rsid w:val="00893C80"/>
     <w:rsid w:val="008A342E"/>
     <w:rsid w:val="008B2420"/>
+    <w:rsid w:val="008B44A3"/>
     <w:rsid w:val="008B7A26"/>
     <w:rsid w:val="008C1936"/>
     <w:rsid w:val="008C2D10"/>
     <w:rsid w:val="008C622A"/>
     <w:rsid w:val="008D13AA"/>
     <w:rsid w:val="008D1937"/>
     <w:rsid w:val="008D2B6B"/>
     <w:rsid w:val="008D3A6B"/>
     <w:rsid w:val="008D5400"/>
     <w:rsid w:val="008D55C3"/>
     <w:rsid w:val="008D7519"/>
     <w:rsid w:val="008E6447"/>
     <w:rsid w:val="008F4687"/>
     <w:rsid w:val="00900E60"/>
     <w:rsid w:val="00907078"/>
     <w:rsid w:val="00910321"/>
     <w:rsid w:val="009126F5"/>
     <w:rsid w:val="00914E1A"/>
     <w:rsid w:val="00914E3F"/>
     <w:rsid w:val="00916478"/>
     <w:rsid w:val="00916F15"/>
     <w:rsid w:val="009207B1"/>
     <w:rsid w:val="00922E61"/>
     <w:rsid w:val="00924B6B"/>
     <w:rsid w:val="009260F3"/>
     <w:rsid w:val="0092624F"/>
     <w:rsid w:val="00933840"/>
     <w:rsid w:val="00933B3D"/>
-    <w:rsid w:val="0093477F"/>
     <w:rsid w:val="00941402"/>
     <w:rsid w:val="0096054A"/>
     <w:rsid w:val="00963228"/>
+    <w:rsid w:val="00963C0D"/>
     <w:rsid w:val="0096406B"/>
     <w:rsid w:val="00965F18"/>
     <w:rsid w:val="009710D3"/>
     <w:rsid w:val="00972CCF"/>
     <w:rsid w:val="00974904"/>
     <w:rsid w:val="009821D8"/>
     <w:rsid w:val="00982D1C"/>
     <w:rsid w:val="00985841"/>
     <w:rsid w:val="00991F60"/>
     <w:rsid w:val="009A0C85"/>
     <w:rsid w:val="009A3433"/>
     <w:rsid w:val="009A3DA1"/>
     <w:rsid w:val="009A71DE"/>
     <w:rsid w:val="009B2F51"/>
     <w:rsid w:val="009B3730"/>
     <w:rsid w:val="009B396F"/>
     <w:rsid w:val="009B3D5A"/>
     <w:rsid w:val="009B3F13"/>
     <w:rsid w:val="009C2EAF"/>
     <w:rsid w:val="009C5385"/>
     <w:rsid w:val="009C648B"/>
     <w:rsid w:val="009C68D6"/>
     <w:rsid w:val="009C6AE4"/>
     <w:rsid w:val="009C7487"/>
     <w:rsid w:val="009D0B8C"/>
     <w:rsid w:val="009D1668"/>
+    <w:rsid w:val="009D3A4A"/>
     <w:rsid w:val="009D5043"/>
     <w:rsid w:val="009D705D"/>
+    <w:rsid w:val="009D7901"/>
     <w:rsid w:val="009E1059"/>
     <w:rsid w:val="009E1EAA"/>
     <w:rsid w:val="009E3AC5"/>
     <w:rsid w:val="009F0742"/>
     <w:rsid w:val="009F1A59"/>
     <w:rsid w:val="009F2287"/>
     <w:rsid w:val="009F395E"/>
     <w:rsid w:val="009F7DF8"/>
     <w:rsid w:val="00A070BE"/>
     <w:rsid w:val="00A07CFF"/>
     <w:rsid w:val="00A15409"/>
     <w:rsid w:val="00A16316"/>
     <w:rsid w:val="00A165E8"/>
     <w:rsid w:val="00A1718D"/>
     <w:rsid w:val="00A20109"/>
     <w:rsid w:val="00A20342"/>
     <w:rsid w:val="00A267CB"/>
     <w:rsid w:val="00A271AF"/>
     <w:rsid w:val="00A27D7D"/>
     <w:rsid w:val="00A32502"/>
     <w:rsid w:val="00A36882"/>
     <w:rsid w:val="00A42931"/>
     <w:rsid w:val="00A42FC8"/>
     <w:rsid w:val="00A436AF"/>
     <w:rsid w:val="00A53F10"/>
     <w:rsid w:val="00A5463D"/>
     <w:rsid w:val="00A56A1F"/>
+    <w:rsid w:val="00A56D6D"/>
     <w:rsid w:val="00A60301"/>
+    <w:rsid w:val="00A61D03"/>
     <w:rsid w:val="00A61E04"/>
     <w:rsid w:val="00A6215A"/>
+    <w:rsid w:val="00A64B4E"/>
     <w:rsid w:val="00A671CA"/>
-    <w:rsid w:val="00A70C66"/>
     <w:rsid w:val="00A775CC"/>
     <w:rsid w:val="00A802EA"/>
+    <w:rsid w:val="00A81873"/>
     <w:rsid w:val="00A81907"/>
     <w:rsid w:val="00A822FC"/>
     <w:rsid w:val="00A82A4A"/>
     <w:rsid w:val="00A845C4"/>
     <w:rsid w:val="00A84771"/>
     <w:rsid w:val="00A84FF4"/>
     <w:rsid w:val="00A90E58"/>
     <w:rsid w:val="00A9318E"/>
     <w:rsid w:val="00A9326B"/>
+    <w:rsid w:val="00A953B0"/>
     <w:rsid w:val="00A9635D"/>
     <w:rsid w:val="00A96A91"/>
     <w:rsid w:val="00A9789A"/>
     <w:rsid w:val="00AA0E2D"/>
     <w:rsid w:val="00AA155D"/>
     <w:rsid w:val="00AA1C9C"/>
     <w:rsid w:val="00AA41A6"/>
     <w:rsid w:val="00AA44FD"/>
     <w:rsid w:val="00AB2B77"/>
     <w:rsid w:val="00AC2548"/>
     <w:rsid w:val="00AC4D85"/>
     <w:rsid w:val="00AC6C0D"/>
     <w:rsid w:val="00AC6E44"/>
     <w:rsid w:val="00AC7486"/>
     <w:rsid w:val="00AC7E61"/>
     <w:rsid w:val="00AD1821"/>
     <w:rsid w:val="00AD1C7F"/>
     <w:rsid w:val="00AD602B"/>
+    <w:rsid w:val="00AD7A76"/>
     <w:rsid w:val="00AD7F9C"/>
     <w:rsid w:val="00AE0E45"/>
     <w:rsid w:val="00AE1127"/>
     <w:rsid w:val="00AE1B66"/>
     <w:rsid w:val="00AE34C8"/>
     <w:rsid w:val="00AF3F94"/>
     <w:rsid w:val="00AF422B"/>
     <w:rsid w:val="00B01684"/>
     <w:rsid w:val="00B101EB"/>
     <w:rsid w:val="00B108D5"/>
     <w:rsid w:val="00B179DA"/>
     <w:rsid w:val="00B24B2C"/>
     <w:rsid w:val="00B26302"/>
     <w:rsid w:val="00B26D83"/>
     <w:rsid w:val="00B332F1"/>
     <w:rsid w:val="00B376B9"/>
     <w:rsid w:val="00B41C8C"/>
     <w:rsid w:val="00B42288"/>
     <w:rsid w:val="00B45D97"/>
     <w:rsid w:val="00B4668C"/>
     <w:rsid w:val="00B5004D"/>
     <w:rsid w:val="00B51A65"/>
     <w:rsid w:val="00B5374D"/>
     <w:rsid w:val="00B53772"/>
     <w:rsid w:val="00B556C3"/>
     <w:rsid w:val="00B55DAC"/>
     <w:rsid w:val="00B56901"/>
     <w:rsid w:val="00B64F94"/>
     <w:rsid w:val="00B701D0"/>
     <w:rsid w:val="00B703C7"/>
     <w:rsid w:val="00B70733"/>
     <w:rsid w:val="00B719CC"/>
     <w:rsid w:val="00B755C2"/>
     <w:rsid w:val="00B75630"/>
     <w:rsid w:val="00B76675"/>
     <w:rsid w:val="00B80A21"/>
     <w:rsid w:val="00B8172C"/>
+    <w:rsid w:val="00B8310E"/>
     <w:rsid w:val="00B858F6"/>
+    <w:rsid w:val="00B9580C"/>
     <w:rsid w:val="00B97C2D"/>
     <w:rsid w:val="00BA1ACF"/>
     <w:rsid w:val="00BA513E"/>
     <w:rsid w:val="00BB0C4E"/>
     <w:rsid w:val="00BB2FF0"/>
     <w:rsid w:val="00BB4551"/>
     <w:rsid w:val="00BB60A1"/>
     <w:rsid w:val="00BC2380"/>
     <w:rsid w:val="00BC65C8"/>
     <w:rsid w:val="00BD00AA"/>
     <w:rsid w:val="00BD0CB9"/>
     <w:rsid w:val="00BD16CE"/>
     <w:rsid w:val="00BE0923"/>
     <w:rsid w:val="00BE19AC"/>
     <w:rsid w:val="00BE498D"/>
     <w:rsid w:val="00BE4A02"/>
     <w:rsid w:val="00BE5C3D"/>
     <w:rsid w:val="00BF0DFA"/>
+    <w:rsid w:val="00BF16B5"/>
     <w:rsid w:val="00BF4CDD"/>
     <w:rsid w:val="00BF74F1"/>
+    <w:rsid w:val="00C00810"/>
     <w:rsid w:val="00C11E6D"/>
     <w:rsid w:val="00C13C6E"/>
     <w:rsid w:val="00C17C11"/>
+    <w:rsid w:val="00C220D2"/>
     <w:rsid w:val="00C23BC5"/>
     <w:rsid w:val="00C248EA"/>
     <w:rsid w:val="00C2581E"/>
     <w:rsid w:val="00C26704"/>
     <w:rsid w:val="00C35699"/>
     <w:rsid w:val="00C36F1B"/>
     <w:rsid w:val="00C43118"/>
     <w:rsid w:val="00C43D4F"/>
     <w:rsid w:val="00C45CB7"/>
     <w:rsid w:val="00C54A5D"/>
     <w:rsid w:val="00C614F4"/>
     <w:rsid w:val="00C625CF"/>
     <w:rsid w:val="00C6440E"/>
     <w:rsid w:val="00C67DD3"/>
     <w:rsid w:val="00C761BC"/>
     <w:rsid w:val="00C76CAC"/>
     <w:rsid w:val="00C807F2"/>
     <w:rsid w:val="00C8125E"/>
     <w:rsid w:val="00C81A99"/>
     <w:rsid w:val="00C82CAE"/>
     <w:rsid w:val="00C84281"/>
     <w:rsid w:val="00C926FB"/>
     <w:rsid w:val="00C92AB8"/>
     <w:rsid w:val="00C97394"/>
     <w:rsid w:val="00C97534"/>
     <w:rsid w:val="00CA0AEF"/>
     <w:rsid w:val="00CA1685"/>
     <w:rsid w:val="00CA2200"/>
     <w:rsid w:val="00CA35A4"/>
     <w:rsid w:val="00CA431B"/>
     <w:rsid w:val="00CA474D"/>
     <w:rsid w:val="00CA7CD8"/>
     <w:rsid w:val="00CA7CDB"/>
     <w:rsid w:val="00CB5373"/>
     <w:rsid w:val="00CB54B1"/>
     <w:rsid w:val="00CC3800"/>
     <w:rsid w:val="00CC6B97"/>
     <w:rsid w:val="00CD3DCF"/>
     <w:rsid w:val="00CD5D9D"/>
     <w:rsid w:val="00CE069D"/>
-    <w:rsid w:val="00CE0A93"/>
     <w:rsid w:val="00CE0C9C"/>
+    <w:rsid w:val="00CE6C91"/>
     <w:rsid w:val="00CE79A5"/>
     <w:rsid w:val="00CF2B40"/>
     <w:rsid w:val="00CF2EE7"/>
     <w:rsid w:val="00CF440E"/>
     <w:rsid w:val="00CF5E73"/>
     <w:rsid w:val="00D0558E"/>
     <w:rsid w:val="00D11CF3"/>
     <w:rsid w:val="00D1266C"/>
     <w:rsid w:val="00D179DA"/>
     <w:rsid w:val="00D2157D"/>
     <w:rsid w:val="00D22214"/>
     <w:rsid w:val="00D23598"/>
     <w:rsid w:val="00D26715"/>
+    <w:rsid w:val="00D2751B"/>
     <w:rsid w:val="00D31C98"/>
+    <w:rsid w:val="00D32236"/>
     <w:rsid w:val="00D40250"/>
     <w:rsid w:val="00D420AF"/>
     <w:rsid w:val="00D422D4"/>
     <w:rsid w:val="00D4259D"/>
+    <w:rsid w:val="00D43F99"/>
     <w:rsid w:val="00D44AEA"/>
     <w:rsid w:val="00D455BF"/>
     <w:rsid w:val="00D45E92"/>
     <w:rsid w:val="00D47DB2"/>
+    <w:rsid w:val="00D50120"/>
     <w:rsid w:val="00D51576"/>
     <w:rsid w:val="00D516EA"/>
     <w:rsid w:val="00D56215"/>
     <w:rsid w:val="00D60B05"/>
     <w:rsid w:val="00D60F13"/>
     <w:rsid w:val="00D6238E"/>
     <w:rsid w:val="00D64A7B"/>
     <w:rsid w:val="00D6502B"/>
+    <w:rsid w:val="00D707F1"/>
     <w:rsid w:val="00D71975"/>
     <w:rsid w:val="00D72071"/>
     <w:rsid w:val="00D730BD"/>
     <w:rsid w:val="00D75826"/>
+    <w:rsid w:val="00D8201B"/>
     <w:rsid w:val="00D82923"/>
     <w:rsid w:val="00D82FA3"/>
     <w:rsid w:val="00D86D91"/>
     <w:rsid w:val="00D903DB"/>
     <w:rsid w:val="00D90B8A"/>
     <w:rsid w:val="00D92C54"/>
     <w:rsid w:val="00D94880"/>
     <w:rsid w:val="00D951F4"/>
     <w:rsid w:val="00DA0D58"/>
+    <w:rsid w:val="00DA127D"/>
     <w:rsid w:val="00DA164A"/>
     <w:rsid w:val="00DA529E"/>
     <w:rsid w:val="00DB3B46"/>
     <w:rsid w:val="00DC28D0"/>
     <w:rsid w:val="00DC318D"/>
     <w:rsid w:val="00DC4173"/>
     <w:rsid w:val="00DC58AD"/>
+    <w:rsid w:val="00DC629D"/>
     <w:rsid w:val="00DD0BFB"/>
     <w:rsid w:val="00DD1545"/>
     <w:rsid w:val="00DD7A09"/>
     <w:rsid w:val="00DD7D7C"/>
     <w:rsid w:val="00DE0002"/>
     <w:rsid w:val="00DE2556"/>
+    <w:rsid w:val="00DE2D20"/>
     <w:rsid w:val="00DE38E2"/>
     <w:rsid w:val="00DE7BC9"/>
+    <w:rsid w:val="00DE7F2D"/>
     <w:rsid w:val="00DF0619"/>
     <w:rsid w:val="00DF56F4"/>
     <w:rsid w:val="00DF5B62"/>
     <w:rsid w:val="00E02185"/>
     <w:rsid w:val="00E05369"/>
     <w:rsid w:val="00E06E7D"/>
     <w:rsid w:val="00E07B2A"/>
     <w:rsid w:val="00E14D6C"/>
     <w:rsid w:val="00E1707F"/>
     <w:rsid w:val="00E240E2"/>
+    <w:rsid w:val="00E27DE9"/>
     <w:rsid w:val="00E344BB"/>
     <w:rsid w:val="00E3775B"/>
     <w:rsid w:val="00E37826"/>
     <w:rsid w:val="00E40041"/>
+    <w:rsid w:val="00E439E7"/>
     <w:rsid w:val="00E43F2F"/>
+    <w:rsid w:val="00E479A2"/>
     <w:rsid w:val="00E51C48"/>
     <w:rsid w:val="00E524D9"/>
     <w:rsid w:val="00E531A9"/>
     <w:rsid w:val="00E55E4D"/>
     <w:rsid w:val="00E66979"/>
+    <w:rsid w:val="00E672A6"/>
     <w:rsid w:val="00E73699"/>
     <w:rsid w:val="00E75AA9"/>
     <w:rsid w:val="00E75C73"/>
+    <w:rsid w:val="00E812C3"/>
     <w:rsid w:val="00E8131F"/>
     <w:rsid w:val="00E85D4C"/>
     <w:rsid w:val="00E91CEF"/>
     <w:rsid w:val="00E92DA4"/>
     <w:rsid w:val="00E95591"/>
     <w:rsid w:val="00EA4136"/>
     <w:rsid w:val="00EA665B"/>
     <w:rsid w:val="00EA6DB8"/>
     <w:rsid w:val="00EA6FA7"/>
     <w:rsid w:val="00EA7C86"/>
     <w:rsid w:val="00EB2CDB"/>
     <w:rsid w:val="00EB3524"/>
     <w:rsid w:val="00EB3A73"/>
     <w:rsid w:val="00EC2373"/>
     <w:rsid w:val="00EC3587"/>
+    <w:rsid w:val="00EC3A0B"/>
     <w:rsid w:val="00EC4A36"/>
+    <w:rsid w:val="00EC556E"/>
     <w:rsid w:val="00EC627C"/>
     <w:rsid w:val="00ED0D84"/>
     <w:rsid w:val="00ED20CD"/>
+    <w:rsid w:val="00ED4667"/>
     <w:rsid w:val="00EE201D"/>
     <w:rsid w:val="00EE307E"/>
     <w:rsid w:val="00EF4447"/>
     <w:rsid w:val="00EF4477"/>
     <w:rsid w:val="00F05C9B"/>
     <w:rsid w:val="00F10A68"/>
     <w:rsid w:val="00F126C1"/>
     <w:rsid w:val="00F136E1"/>
     <w:rsid w:val="00F2128A"/>
     <w:rsid w:val="00F223B3"/>
     <w:rsid w:val="00F31AA4"/>
     <w:rsid w:val="00F32695"/>
     <w:rsid w:val="00F32C40"/>
     <w:rsid w:val="00F409B4"/>
     <w:rsid w:val="00F40C43"/>
     <w:rsid w:val="00F42F1A"/>
     <w:rsid w:val="00F4316D"/>
-    <w:rsid w:val="00F47E4A"/>
     <w:rsid w:val="00F50243"/>
     <w:rsid w:val="00F5264A"/>
     <w:rsid w:val="00F5477A"/>
     <w:rsid w:val="00F56BD8"/>
+    <w:rsid w:val="00F56F6F"/>
     <w:rsid w:val="00F57835"/>
     <w:rsid w:val="00F6486C"/>
     <w:rsid w:val="00F70D46"/>
     <w:rsid w:val="00F723F3"/>
     <w:rsid w:val="00F730CD"/>
     <w:rsid w:val="00F7651E"/>
     <w:rsid w:val="00F76AFE"/>
     <w:rsid w:val="00F83245"/>
     <w:rsid w:val="00F86BAA"/>
     <w:rsid w:val="00F86F73"/>
     <w:rsid w:val="00F90329"/>
     <w:rsid w:val="00F92E8D"/>
     <w:rsid w:val="00F9413A"/>
     <w:rsid w:val="00F96E67"/>
     <w:rsid w:val="00F97236"/>
     <w:rsid w:val="00F9743A"/>
     <w:rsid w:val="00FA1E25"/>
     <w:rsid w:val="00FA1EDC"/>
     <w:rsid w:val="00FA379C"/>
-    <w:rsid w:val="00FA4B61"/>
     <w:rsid w:val="00FB5596"/>
     <w:rsid w:val="00FB5CE3"/>
     <w:rsid w:val="00FC0DEB"/>
+    <w:rsid w:val="00FC1472"/>
     <w:rsid w:val="00FC1E37"/>
+    <w:rsid w:val="00FC25F8"/>
     <w:rsid w:val="00FC7406"/>
+    <w:rsid w:val="00FD1715"/>
+    <w:rsid w:val="00FD52EA"/>
     <w:rsid w:val="00FE0936"/>
     <w:rsid w:val="00FE15FC"/>
     <w:rsid w:val="00FE1B28"/>
     <w:rsid w:val="00FE1EE4"/>
     <w:rsid w:val="00FE7FB5"/>
     <w:rsid w:val="00FF1801"/>
     <w:rsid w:val="00FF58BB"/>
-    <w:rsid w:val="0FCB3B79"/>
-[...2 lines deleted...]
-    <w:rsid w:val="39006C13"/>
+    <w:rsid w:val="3FE176EF"/>
     <w:rsid w:val="46363D95"/>
-    <w:rsid w:val="65662BD5"/>
+    <w:rsid w:val="47912EE3"/>
+    <w:rsid w:val="60E7494E"/>
+    <w:rsid w:val="678F1549"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
@@ -6179,440 +7578,449 @@
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
-    <w:link w:val="19"/>
+    <w:link w:val="20"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="340" w:after="330" w:line="578" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="44"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
-    <w:link w:val="20"/>
+    <w:link w:val="21"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="260" w:after="260" w:line="416" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="12">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="10">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="24"/>
+    <w:link w:val="25"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="23"/>
+    <w:link w:val="24"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="22"/>
+    <w:link w:val="23"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="18"/>
+    <w:link w:val="19"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="header"/>
     <w:basedOn w:val="1"/>
-    <w:link w:val="17"/>
+    <w:link w:val="18"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="4"/>
     <w:next w:val="4"/>
-    <w:link w:val="25"/>
+    <w:link w:val="26"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="11">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="10"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="13">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="12"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="14">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="12"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="14">
+  <w:style w:type="character" w:styleId="15">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="12"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
       <w14:textFill>
         <w14:solidFill>
           <w14:schemeClr w14:val="folHlink"/>
         </w14:solidFill>
       </w14:textFill>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="15">
+  <w:style w:type="character" w:styleId="16">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="12"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
       <w14:textFill>
         <w14:solidFill>
           <w14:schemeClr w14:val="hlink"/>
         </w14:solidFill>
       </w14:textFill>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="16">
+  <w:style w:type="character" w:styleId="17">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="12"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="17">
+  <w:style w:type="character" w:customStyle="1" w:styleId="18">
     <w:name w:val="页眉 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="8"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="18">
+  <w:style w:type="character" w:customStyle="1" w:styleId="19">
     <w:name w:val="页脚 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="7"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="19">
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="标题 1 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="2"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="44"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
     <w:name w:val="标题 2 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="3"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:ind w:firstLine="420" w:firstLineChars="200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
     <w:name w:val="批注框文本 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="6"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
     <w:name w:val="尾注文本 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
     <w:name w:val="批注文字 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="4"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
     <w:name w:val="批注主题 字符"/>
-    <w:basedOn w:val="24"/>
+    <w:basedOn w:val="25"/>
     <w:link w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+  <w:style w:type="character" w:customStyle="1" w:styleId="27">
     <w:name w:val="c-gap-right-small3"/>
     <w:basedOn w:val="12"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28">
     <w:name w:val="修订1"/>
     <w:hidden/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28">
-    <w:name w:val="Revision"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29">
+    <w:name w:val="修订2"/>
     <w:hidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="29">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="未处理的提及1"/>
     <w:basedOn w:val="12"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Program%20Files\Microsoft%20Office\Templates\2052\Office%20Word%202003%20Look.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -6909,87 +8317,89 @@
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6021B3B-2D8C-4B77-9B34-B997F9C6A7EC}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Word 2003 Look.dotx</Template>
-  <Pages>8</Pages>
-[...3 lines deleted...]
-  <Paragraphs>123</Paragraphs>
+  <Pages>10</Pages>
+  <Words>380</Words>
+  <Characters>2150</Characters>
+  <Lines>238</Lines>
+  <Paragraphs>130</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4169</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.21915_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>2518</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.23125_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Weihui</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_2015_ms_pID_725343">
     <vt:lpwstr>(3)7verDXDM6BK6GYX0aMpFREv8GOdoMV12HbaDHYk3ylYmiLCc7XdsrN6yihw1tB0oh94Cfq63
 fPPwuI0OsRNirlNGqFZaWKsb2vy6lik8A9NlK6pn7JnMaVuGpQxWAoRH4hgIrUJzJfX2jD12
 uXim+iWzLj8UFjYT9Wx3272aYQQXDG6nezetiK00OagW6z6g5lEqJXjbSxEthqteEGYiyA0W
 UrMIo7mThfXyEhAMVr</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_2015_ms_pID_7253431">
     <vt:lpwstr>KVYdfOw7rIOg4lbBeC+JhhzQQNiTMMdBv/CJ21sw5Mgckc+DCLw4LT
 dVyhc1Gu9lC/E78xMnDjboMjHqfOCcN1LJTUXA8rJ/lGfklqwlvb3TdDlNvg1BYOB5w0+5Og
 8kBpkq4CMXU4JFoMjs4ktK2LvZuVduxpXOGFJ1svtKQnHXuxXZvsOvoateRtFX4erasp+4Fn
 yJDBk9fyZVA8IzaSErokEfS4I0balO1P2L5a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_2015_ms_pID_7253432">
     <vt:lpwstr>bA==</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_readonly">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_change">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_full-control">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="sflag">
     <vt:lpwstr>1604990768</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiYzE2ODEzNGRjMzBmYjBhMjRiY2ZmNjk4ZmVhYTY5YTMiLCJ1c2VySWQiOiIxNTI3NjA4NDc2In0=</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21915</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.23125</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ICV">
-    <vt:lpwstr>244439CBBF5349EA841338C532DC16C8_13</vt:lpwstr>
+    <vt:lpwstr>54569DE07C4E4194BF52216622CAFA8A_13</vt:lpwstr>
   </property>
 </Properties>
 </file>