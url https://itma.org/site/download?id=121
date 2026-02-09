--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -1,2723 +1,1999 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="JPG" ContentType="image/.jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="1640A525">
-[...693 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="11"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1559" w:tblpY="2512"/>
-        <w:tblW w:w="9173" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2037"/>
+        <w:tblW w:w="8359" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1860"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2633"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="2542"/>
+        <w:gridCol w:w="1723"/>
+        <w:gridCol w:w="2398"/>
       </w:tblGrid>
-      <w:tr w14:paraId="79A57436">
+      <w:tr w14:paraId="74129431">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="382" w:hRule="atLeast"/>
+          <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0414D610">
+          <w:p w14:paraId="382CA3DC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...29 lines deleted...]
-              <w:t>（中文）</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Entity Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2383571D">
+          <w:p w14:paraId="239707CA">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4C66CB23">
+      <w:tr w14:paraId="2B7F23B1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="571" w:hRule="atLeast"/>
+          <w:trHeight w:val="301" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="313F9DEF">
+          <w:p w14:paraId="0DF29149">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...49 lines deleted...]
-              <w:t>）</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Registration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC4DACE">
+          <w:p w14:paraId="2DBC4A67">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="68090D85">
+      <w:tr w14:paraId="7BBEFF68">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="406" w:hRule="atLeast"/>
+          <w:trHeight w:val="175" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23BA247D">
+          <w:p w14:paraId="478901B6">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...29 lines deleted...]
-              <w:t>（工商注册或缴税号码）</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="75094DBE">
+          <w:p w14:paraId="6E1376BC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7295D602">
+      <w:tr w14:paraId="2EC75BDA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="236" w:hRule="atLeast"/>
+          <w:trHeight w:val="265" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F723A50">
+          <w:p w14:paraId="69593563">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>官方网站</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mailbox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED43F85">
+          <w:p w14:paraId="1E61F381">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="02D49E15">
+      <w:tr w14:paraId="48FBF1EC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="358" w:hRule="atLeast"/>
+          <w:trHeight w:val="688" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD83025">
+          <w:p w14:paraId="311B98AE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>邮箱</w:t>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Business Class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="14F84B0D">
+          <w:p w14:paraId="169D1E7E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Host Product Manufacturing and Sales             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ABD26ED">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ Microelectronic </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">roducts </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anufacturing and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ales</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E3E76D6">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chipset</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Research and Development and Manufacturin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158B122A">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ervice </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nstitutions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1985C8">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Universities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">esearch </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nstitutions       </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1344945A">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Others</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                         </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="498C8320">
+      <w:tr w14:paraId="072DFA61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="931" w:hRule="atLeast"/>
+          <w:trHeight w:val="433" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69ED96A0">
+          <w:p w14:paraId="047CD18A">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>（可多选）</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Registration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="558A9AF6">
+          <w:p w14:paraId="437F56B3">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...136 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="48F65440">
+      <w:tr w14:paraId="013F1BEA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="586" w:hRule="atLeast"/>
+          <w:trHeight w:val="385" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC2957D">
+          <w:p w14:paraId="09EB1D8E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>注册地址</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mailing address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="45662095">
+          <w:p w14:paraId="1BD97A8C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="46FEC850">
+      <w:tr w14:paraId="2140C384">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="520" w:hRule="atLeast"/>
+          <w:trHeight w:val="306" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5644AE66">
+          <w:p w14:paraId="6D1E8552">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>通信地址</w:t>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tel No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7313" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F40AC75">
+          <w:p w14:paraId="46ED862A">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7409592C">
+      <w:tr w14:paraId="3104B73F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="413" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="8359" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F0" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3D793A">
+          <w:p w14:paraId="4C9952A7">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...28 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Approved Representative</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1EA40332">
+      <w:tr w14:paraId="2629B574">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9173" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F0" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC35B0B">
+          <w:p w14:paraId="1CF6B8EA">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-                <w:b/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4020B85B">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="424D629C">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Business Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DCCD590">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0A3F2B60">
+      <w:tr w14:paraId="18AFBB34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE21A29">
+          <w:p w14:paraId="2922E933">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">   名</w:t>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="272CE3C6">
+          <w:p w14:paraId="3B591D00">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1245" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1723" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDA9068">
+          <w:p w14:paraId="64BA49D0">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">   务</w:t>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2633" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2398" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0766DD1E">
+          <w:p w14:paraId="59AE8EF9">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="37E5E2CD">
+      <w:tr w14:paraId="4E360F4C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72B466D3">
+          <w:p w14:paraId="28AD7E14">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>工作邮箱</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mailing address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E0AA090">
+          <w:p w14:paraId="22CA83FC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...47 lines deleted...]
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="66120BE2">
+      <w:tr w14:paraId="0DC705BB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="8359" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F0" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAEC8FE">
+          <w:p w14:paraId="0AF5ABA8">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
-[...32 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dedicated </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contact Person</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="196B4015">
+      <w:tr w14:paraId="67C08976">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9173" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F0" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA3AD32">
+          <w:p w14:paraId="2733852B">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E8878DE">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5491C9F8">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Business Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77FE0987">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6BEDE9A9">
+      <w:tr w14:paraId="48F6C78F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE4C992">
+          <w:p w14:paraId="606652CD">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">   名</w:t>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38874DC0">
+          <w:p w14:paraId="508361A2">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1245" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1723" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6D3FF2">
+          <w:p w14:paraId="5B45518D">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">   务</w:t>
+                <w:rFonts w:hint="eastAsia" w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2633" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2398" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="547152D9">
+          <w:p w14:paraId="0D5675ED">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7CB766D6">
+      <w:tr w14:paraId="1BF95707">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="449" w:hRule="atLeast"/>
+          <w:trHeight w:val="332" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6967B31D">
+          <w:p w14:paraId="3E529736">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...5 lines deleted...]
-              <w:t>工作邮箱</w:t>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mailing address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD44068">
+          <w:p w14:paraId="017FB96E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
-[...117 lines deleted...]
-                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="499F009F"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="72B6AED7">
+    <w:p w14:paraId="449BF036">
       <w:pPr>
+        <w:ind w:firstLine="440" w:firstLineChars="200"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ITMA Member Application Unit Information Registration Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFC81B6"/>
+    <w:p w14:paraId="1E034C8C"/>
+    <w:p w14:paraId="5C339FAE"/>
+    <w:p w14:paraId="2CA91DFE"/>
+    <w:p w14:paraId="4EBD0E77"/>
+    <w:p w14:paraId="2F200B1C"/>
+    <w:p w14:paraId="398D6717"/>
+    <w:p w14:paraId="6A3E6606">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>备注：</w:t>
+        <w:t>Note: Applicants must be truthful and complete in this form, please send the completed application form electronically to the ITMA Secretariat:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6595C2FD">
+    <w:p w14:paraId="39B9C38C">
       <w:pPr>
-        <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440" w:firstLineChars="200"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B11749C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>申请单位签章后，请将本申请表以书面形式投递至如下地址：</w:t>
+        <w:t xml:space="preserve">Email 1:weihui@itma.org </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684AA510">
+    <w:p w14:paraId="7986F660">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>协会资料收发处</w:t>
+        <w:t xml:space="preserve">Contact: Wei Hui </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28540CF5">
+    <w:p w14:paraId="1CD8192A">
       <w:pPr>
-        <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440" w:firstLineChars="200"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>收件地址：广东省深圳市南山区粤海街道科技园社区科技路1号桑达科技大厦309</w:t>
+        <w:t>Mobile: +86 133 7711 8745</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B81EA72">
+    <w:p w14:paraId="0BBBF7DD">
       <w:pPr>
-        <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440" w:firstLineChars="200"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26640385">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>收件人名：黄子凤</w:t>
+        <w:t xml:space="preserve">Email 2:phoenix@itma.org </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0CCCAB">
+    <w:p w14:paraId="5B392B65">
       <w:pPr>
-        <w:spacing w:line="300" w:lineRule="auto"/>
-        <w:ind w:firstLine="440" w:firstLineChars="200"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>移动电话</w:t>
-[...23 lines deleted...]
-        <w:t>186 1719 8753</w:t>
+        <w:t>Contact:Phoenix</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1823534E">
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="黑体" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>电子邮箱：phoenix@itma.org</w:t>
+        <w:t>Mobile: +86 186 1719 8753</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId5" w:type="first"/>
-      <w:footerReference r:id="rId8" w:type="first"/>
+      <w:footerReference r:id="rId7" w:type="first"/>
       <w:headerReference r:id="rId3" w:type="default"/>
       <w:footerReference r:id="rId6" w:type="default"/>
       <w:headerReference r:id="rId4" w:type="even"/>
-      <w:footerReference r:id="rId7" w:type="even"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
@@ -2755,257 +2031,190 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="3C0EDA76">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="20DFBD08">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="47F6221A">
+  <w:p w14:paraId="12D11D79">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:wordWrap w:val="0"/>
       <w:ind w:right="580"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve">SERVICE@ITMA.ORG     </w:t>
-[...69 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">SERVICE@ITMA.ORG                                                     </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t>ITMA</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve"> Confidentia</w:t>
-[...13 lines deleted...]
-      <w:t>（20250513）</w:t>
+      <w:t xml:space="preserve"> Confidential</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="42639F6B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="580"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w14:textFill>
+          <w14:solidFill>
+            <w14:schemeClr w14:val="tx1"/>
+          </w14:solidFill>
+        </w14:textFill>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
@@ -3092,60 +2301,50 @@
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="02E7989A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="63C9495A">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="7EC1CC48">
     <w:pPr>
       <w:pStyle w:val="8"/>
       <w:pBdr>
         <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="6" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="accent1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6BC6E77B">
     <w:pPr>
       <w:pStyle w:val="7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
@@ -3222,133 +2421,105 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="633819" cy="223950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
-[...26 lines deleted...]
-      <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
-      <w:t xml:space="preserve">         </w:t>
+      <w:t xml:space="preserve">™          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:bookmarkStart w:id="2" w:name="_Hlk179963925"/>
+    <w:bookmarkStart w:id="0" w:name="_Hlk179963925"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve">                     </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
@@ -3362,51 +2533,51 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve"> Limited</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="微软雅黑" w:cs="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:schemeClr w14:val="tx1"/>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="2"/>
+  <w:bookmarkEnd w:id="0"/>
   <w:p w14:paraId="7E51D9EF">
     <w:pPr>
       <w:pStyle w:val="8"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="10"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4B7371BA">
     <w:pPr>
       <w:pStyle w:val="8"/>
@@ -3578,140 +2749,143 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="505DB525">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
         <w:sz w:val="11"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A79E5"/>
     <w:rsid w:val="00000510"/>
     <w:rsid w:val="00001483"/>
     <w:rsid w:val="00001619"/>
     <w:rsid w:val="00003A41"/>
     <w:rsid w:val="0000569D"/>
     <w:rsid w:val="00006842"/>
     <w:rsid w:val="00011252"/>
     <w:rsid w:val="000119CD"/>
     <w:rsid w:val="00012804"/>
     <w:rsid w:val="00012E43"/>
     <w:rsid w:val="0002734B"/>
     <w:rsid w:val="00031B9D"/>
     <w:rsid w:val="00032862"/>
     <w:rsid w:val="00032F5A"/>
     <w:rsid w:val="00034553"/>
     <w:rsid w:val="0003686B"/>
     <w:rsid w:val="000418B0"/>
     <w:rsid w:val="000455D0"/>
     <w:rsid w:val="00047875"/>
     <w:rsid w:val="0005034C"/>
     <w:rsid w:val="000574BD"/>
     <w:rsid w:val="000619FA"/>
     <w:rsid w:val="0006248C"/>
     <w:rsid w:val="000721B5"/>
     <w:rsid w:val="0008364A"/>
     <w:rsid w:val="000860A9"/>
     <w:rsid w:val="00091189"/>
+    <w:rsid w:val="000A3A93"/>
     <w:rsid w:val="000A6E99"/>
     <w:rsid w:val="000A731C"/>
     <w:rsid w:val="000B5FC3"/>
     <w:rsid w:val="000B7035"/>
     <w:rsid w:val="000B7C23"/>
+    <w:rsid w:val="000C088B"/>
     <w:rsid w:val="000C1ADC"/>
     <w:rsid w:val="000C5081"/>
     <w:rsid w:val="000C7217"/>
     <w:rsid w:val="000D14D5"/>
     <w:rsid w:val="000D3EA2"/>
     <w:rsid w:val="000E0E6D"/>
     <w:rsid w:val="000E16B4"/>
     <w:rsid w:val="000E71B2"/>
     <w:rsid w:val="000F48DA"/>
     <w:rsid w:val="000F5EAE"/>
     <w:rsid w:val="000F6545"/>
     <w:rsid w:val="000F6685"/>
     <w:rsid w:val="000F687E"/>
     <w:rsid w:val="000F6B80"/>
     <w:rsid w:val="000F6C33"/>
     <w:rsid w:val="00105E2A"/>
     <w:rsid w:val="001118DA"/>
     <w:rsid w:val="001135D7"/>
     <w:rsid w:val="00115CF6"/>
     <w:rsid w:val="00117D75"/>
     <w:rsid w:val="00122793"/>
     <w:rsid w:val="00122CD5"/>
     <w:rsid w:val="00126479"/>
     <w:rsid w:val="00132C0C"/>
-    <w:rsid w:val="00133DDF"/>
     <w:rsid w:val="00142D0A"/>
     <w:rsid w:val="00143E54"/>
     <w:rsid w:val="00143F90"/>
     <w:rsid w:val="00146F68"/>
     <w:rsid w:val="00147CCC"/>
     <w:rsid w:val="00150FF6"/>
     <w:rsid w:val="001524A1"/>
     <w:rsid w:val="00155D22"/>
     <w:rsid w:val="00156900"/>
     <w:rsid w:val="00156AFF"/>
     <w:rsid w:val="00157365"/>
     <w:rsid w:val="00163825"/>
     <w:rsid w:val="00163C6A"/>
     <w:rsid w:val="001650DD"/>
     <w:rsid w:val="001663F6"/>
     <w:rsid w:val="001700F2"/>
     <w:rsid w:val="001708C7"/>
     <w:rsid w:val="00173B4C"/>
     <w:rsid w:val="00176E88"/>
     <w:rsid w:val="00186346"/>
     <w:rsid w:val="00186959"/>
     <w:rsid w:val="00190AE6"/>
     <w:rsid w:val="001930DB"/>
     <w:rsid w:val="00193146"/>
     <w:rsid w:val="001934F6"/>
@@ -3737,50 +2911,51 @@
     <w:rsid w:val="001D77BC"/>
     <w:rsid w:val="001E07D9"/>
     <w:rsid w:val="001E3FFA"/>
     <w:rsid w:val="001E5CF5"/>
     <w:rsid w:val="001E66B4"/>
     <w:rsid w:val="001E7555"/>
     <w:rsid w:val="0020227E"/>
     <w:rsid w:val="0024320F"/>
     <w:rsid w:val="00250827"/>
     <w:rsid w:val="00250EF7"/>
     <w:rsid w:val="00262E76"/>
     <w:rsid w:val="002655ED"/>
     <w:rsid w:val="00272E86"/>
     <w:rsid w:val="002842F7"/>
     <w:rsid w:val="002857F4"/>
     <w:rsid w:val="00286670"/>
     <w:rsid w:val="0029083C"/>
     <w:rsid w:val="00295C54"/>
     <w:rsid w:val="00297D0D"/>
     <w:rsid w:val="002A08DE"/>
     <w:rsid w:val="002A5871"/>
     <w:rsid w:val="002B3435"/>
     <w:rsid w:val="002B7686"/>
     <w:rsid w:val="002B76EE"/>
     <w:rsid w:val="002C1257"/>
+    <w:rsid w:val="002C4E4B"/>
     <w:rsid w:val="002D1566"/>
     <w:rsid w:val="002D3FCE"/>
     <w:rsid w:val="002D5464"/>
     <w:rsid w:val="002D75CC"/>
     <w:rsid w:val="002E040B"/>
     <w:rsid w:val="002E04FC"/>
     <w:rsid w:val="002E2F34"/>
     <w:rsid w:val="002E4697"/>
     <w:rsid w:val="002F28E4"/>
     <w:rsid w:val="002F5B9C"/>
     <w:rsid w:val="003003DC"/>
     <w:rsid w:val="003012E2"/>
     <w:rsid w:val="00301D6E"/>
     <w:rsid w:val="00310B3E"/>
     <w:rsid w:val="00322559"/>
     <w:rsid w:val="003244CF"/>
     <w:rsid w:val="0033553F"/>
     <w:rsid w:val="00336615"/>
     <w:rsid w:val="003376CF"/>
     <w:rsid w:val="00346AF8"/>
     <w:rsid w:val="003474CE"/>
     <w:rsid w:val="00347639"/>
     <w:rsid w:val="0036246F"/>
     <w:rsid w:val="0036440A"/>
     <w:rsid w:val="00365C68"/>
@@ -3811,139 +2986,143 @@
     <w:rsid w:val="003C66CD"/>
     <w:rsid w:val="003D1DFC"/>
     <w:rsid w:val="003D701B"/>
     <w:rsid w:val="003E0ED2"/>
     <w:rsid w:val="003E11EE"/>
     <w:rsid w:val="003E4C89"/>
     <w:rsid w:val="003E7CA4"/>
     <w:rsid w:val="003F585E"/>
     <w:rsid w:val="003F6331"/>
     <w:rsid w:val="003F6997"/>
     <w:rsid w:val="00401965"/>
     <w:rsid w:val="004071AA"/>
     <w:rsid w:val="00410332"/>
     <w:rsid w:val="00413C6D"/>
     <w:rsid w:val="00414352"/>
     <w:rsid w:val="004220A7"/>
     <w:rsid w:val="00425469"/>
     <w:rsid w:val="00425DEC"/>
     <w:rsid w:val="00431984"/>
     <w:rsid w:val="00433B94"/>
     <w:rsid w:val="00434478"/>
     <w:rsid w:val="00443688"/>
     <w:rsid w:val="0044399B"/>
     <w:rsid w:val="00443BB4"/>
     <w:rsid w:val="00446802"/>
+    <w:rsid w:val="0044781B"/>
     <w:rsid w:val="00452227"/>
     <w:rsid w:val="00452B6F"/>
     <w:rsid w:val="00455547"/>
     <w:rsid w:val="00460E30"/>
     <w:rsid w:val="0046104F"/>
     <w:rsid w:val="00462945"/>
     <w:rsid w:val="00463270"/>
     <w:rsid w:val="004650DE"/>
     <w:rsid w:val="00465361"/>
     <w:rsid w:val="00465DCC"/>
     <w:rsid w:val="0046706D"/>
     <w:rsid w:val="00470721"/>
     <w:rsid w:val="00473AD2"/>
     <w:rsid w:val="00474538"/>
     <w:rsid w:val="00486BEA"/>
     <w:rsid w:val="004906F8"/>
     <w:rsid w:val="004911A1"/>
     <w:rsid w:val="004923CD"/>
     <w:rsid w:val="004935EF"/>
     <w:rsid w:val="00493C68"/>
     <w:rsid w:val="004A0AF1"/>
     <w:rsid w:val="004A2E75"/>
     <w:rsid w:val="004A304D"/>
     <w:rsid w:val="004A79E5"/>
     <w:rsid w:val="004B18E5"/>
     <w:rsid w:val="004B243B"/>
+    <w:rsid w:val="004B2F10"/>
     <w:rsid w:val="004B310A"/>
     <w:rsid w:val="004B572B"/>
     <w:rsid w:val="004B5BA5"/>
     <w:rsid w:val="004B5E92"/>
     <w:rsid w:val="004C5EAC"/>
     <w:rsid w:val="004D22A9"/>
     <w:rsid w:val="004D2ABC"/>
     <w:rsid w:val="004E4F72"/>
     <w:rsid w:val="004E6B37"/>
     <w:rsid w:val="004F05F1"/>
     <w:rsid w:val="004F2C84"/>
     <w:rsid w:val="004F509D"/>
     <w:rsid w:val="004F5B4C"/>
     <w:rsid w:val="0050388D"/>
     <w:rsid w:val="00505087"/>
     <w:rsid w:val="005100F0"/>
     <w:rsid w:val="00511F17"/>
     <w:rsid w:val="005151A9"/>
     <w:rsid w:val="00517C07"/>
     <w:rsid w:val="00520F70"/>
     <w:rsid w:val="0052417A"/>
     <w:rsid w:val="00525134"/>
     <w:rsid w:val="005338C0"/>
     <w:rsid w:val="005369CF"/>
     <w:rsid w:val="0054713D"/>
     <w:rsid w:val="005526A0"/>
+    <w:rsid w:val="00552CB8"/>
     <w:rsid w:val="00561B0C"/>
     <w:rsid w:val="005637F6"/>
     <w:rsid w:val="0056427E"/>
     <w:rsid w:val="0056487F"/>
     <w:rsid w:val="0056754D"/>
     <w:rsid w:val="00577EF8"/>
     <w:rsid w:val="00580753"/>
     <w:rsid w:val="00587529"/>
     <w:rsid w:val="00592AB0"/>
     <w:rsid w:val="00597BC3"/>
     <w:rsid w:val="005A0E73"/>
     <w:rsid w:val="005B024B"/>
     <w:rsid w:val="005B4C35"/>
     <w:rsid w:val="005C0F1D"/>
     <w:rsid w:val="005D34F0"/>
     <w:rsid w:val="005E15A9"/>
     <w:rsid w:val="005F650D"/>
     <w:rsid w:val="00600526"/>
     <w:rsid w:val="00605E69"/>
     <w:rsid w:val="00611CFC"/>
     <w:rsid w:val="006134B7"/>
     <w:rsid w:val="006238E8"/>
     <w:rsid w:val="00624B8E"/>
     <w:rsid w:val="006311B9"/>
     <w:rsid w:val="00632979"/>
     <w:rsid w:val="00633568"/>
     <w:rsid w:val="00634D0D"/>
     <w:rsid w:val="00647856"/>
     <w:rsid w:val="00653510"/>
     <w:rsid w:val="006549E5"/>
     <w:rsid w:val="00655795"/>
     <w:rsid w:val="0067207F"/>
     <w:rsid w:val="00673249"/>
     <w:rsid w:val="0068500A"/>
     <w:rsid w:val="00685A77"/>
     <w:rsid w:val="006913EF"/>
     <w:rsid w:val="00691A3D"/>
+    <w:rsid w:val="0069628E"/>
     <w:rsid w:val="006974FF"/>
     <w:rsid w:val="006A5EE7"/>
     <w:rsid w:val="006A6A97"/>
     <w:rsid w:val="006C00D4"/>
     <w:rsid w:val="006C21DA"/>
     <w:rsid w:val="006D1837"/>
     <w:rsid w:val="006D5366"/>
     <w:rsid w:val="006D6C04"/>
     <w:rsid w:val="006E4CB1"/>
     <w:rsid w:val="006F01BF"/>
     <w:rsid w:val="006F1F45"/>
     <w:rsid w:val="006F78FC"/>
     <w:rsid w:val="00700910"/>
     <w:rsid w:val="00702935"/>
     <w:rsid w:val="00702D4D"/>
     <w:rsid w:val="0070755B"/>
     <w:rsid w:val="0071406D"/>
     <w:rsid w:val="0071521F"/>
     <w:rsid w:val="00726315"/>
     <w:rsid w:val="00732D5B"/>
     <w:rsid w:val="00736AD3"/>
     <w:rsid w:val="00743175"/>
     <w:rsid w:val="00743524"/>
     <w:rsid w:val="007440D9"/>
     <w:rsid w:val="00744606"/>
@@ -3989,298 +3168,307 @@
     <w:rsid w:val="007F4B6E"/>
     <w:rsid w:val="007F4D16"/>
     <w:rsid w:val="008007A1"/>
     <w:rsid w:val="00816C29"/>
     <w:rsid w:val="008171A3"/>
     <w:rsid w:val="00825ABA"/>
     <w:rsid w:val="00831F46"/>
     <w:rsid w:val="008366E4"/>
     <w:rsid w:val="008423CC"/>
     <w:rsid w:val="008424F0"/>
     <w:rsid w:val="008457E0"/>
     <w:rsid w:val="008501D1"/>
     <w:rsid w:val="008501FB"/>
     <w:rsid w:val="00851C30"/>
     <w:rsid w:val="0085425E"/>
     <w:rsid w:val="00855FCC"/>
     <w:rsid w:val="00862DE2"/>
     <w:rsid w:val="00866F26"/>
     <w:rsid w:val="00867F6D"/>
     <w:rsid w:val="00872019"/>
     <w:rsid w:val="008739DC"/>
     <w:rsid w:val="008807A2"/>
     <w:rsid w:val="008824DB"/>
     <w:rsid w:val="00883011"/>
     <w:rsid w:val="00883DBF"/>
-    <w:rsid w:val="0088599A"/>
     <w:rsid w:val="008860C0"/>
     <w:rsid w:val="0089083F"/>
     <w:rsid w:val="0089166A"/>
     <w:rsid w:val="008A334F"/>
     <w:rsid w:val="008B2420"/>
     <w:rsid w:val="008B7A26"/>
     <w:rsid w:val="008C1936"/>
     <w:rsid w:val="008C622A"/>
     <w:rsid w:val="008D04F7"/>
     <w:rsid w:val="008D13AA"/>
     <w:rsid w:val="008D1937"/>
     <w:rsid w:val="008D2B6B"/>
     <w:rsid w:val="008D3A6B"/>
     <w:rsid w:val="008D5400"/>
     <w:rsid w:val="008D55C3"/>
     <w:rsid w:val="008D7519"/>
     <w:rsid w:val="008F4687"/>
     <w:rsid w:val="00907078"/>
     <w:rsid w:val="00910321"/>
     <w:rsid w:val="009126F5"/>
     <w:rsid w:val="00914E1A"/>
     <w:rsid w:val="00914E3F"/>
     <w:rsid w:val="00916478"/>
     <w:rsid w:val="00916F15"/>
     <w:rsid w:val="009207B1"/>
     <w:rsid w:val="00922E61"/>
     <w:rsid w:val="00924B6B"/>
     <w:rsid w:val="009260F3"/>
     <w:rsid w:val="0092624F"/>
+    <w:rsid w:val="00931DEB"/>
     <w:rsid w:val="00933840"/>
     <w:rsid w:val="00933B3D"/>
     <w:rsid w:val="00941402"/>
     <w:rsid w:val="00960506"/>
     <w:rsid w:val="0096054A"/>
     <w:rsid w:val="00963228"/>
     <w:rsid w:val="0096406B"/>
     <w:rsid w:val="00965F18"/>
     <w:rsid w:val="009710D3"/>
     <w:rsid w:val="00974904"/>
     <w:rsid w:val="009823DD"/>
     <w:rsid w:val="00982D1C"/>
     <w:rsid w:val="00985841"/>
     <w:rsid w:val="00993A24"/>
     <w:rsid w:val="009A3433"/>
     <w:rsid w:val="009A3DA1"/>
     <w:rsid w:val="009A6638"/>
     <w:rsid w:val="009B2F51"/>
     <w:rsid w:val="009B3D5A"/>
     <w:rsid w:val="009C2EAF"/>
     <w:rsid w:val="009C5385"/>
     <w:rsid w:val="009C648B"/>
     <w:rsid w:val="009C68D6"/>
     <w:rsid w:val="009C6AE4"/>
     <w:rsid w:val="009D0B8C"/>
     <w:rsid w:val="009D5043"/>
     <w:rsid w:val="009D705D"/>
     <w:rsid w:val="009D7FB3"/>
+    <w:rsid w:val="009E1059"/>
     <w:rsid w:val="009E1EAA"/>
     <w:rsid w:val="009E3AC5"/>
+    <w:rsid w:val="009E5066"/>
     <w:rsid w:val="009F0742"/>
     <w:rsid w:val="009F2287"/>
     <w:rsid w:val="009F7DF8"/>
     <w:rsid w:val="00A070BE"/>
     <w:rsid w:val="00A07CFF"/>
     <w:rsid w:val="00A10D4F"/>
     <w:rsid w:val="00A15409"/>
     <w:rsid w:val="00A165E8"/>
     <w:rsid w:val="00A1718D"/>
     <w:rsid w:val="00A20109"/>
     <w:rsid w:val="00A20342"/>
     <w:rsid w:val="00A267CB"/>
     <w:rsid w:val="00A27D7D"/>
     <w:rsid w:val="00A30B15"/>
     <w:rsid w:val="00A32502"/>
     <w:rsid w:val="00A36882"/>
     <w:rsid w:val="00A42644"/>
     <w:rsid w:val="00A42931"/>
     <w:rsid w:val="00A42FC8"/>
     <w:rsid w:val="00A436AF"/>
     <w:rsid w:val="00A53F10"/>
     <w:rsid w:val="00A56A1F"/>
     <w:rsid w:val="00A60301"/>
     <w:rsid w:val="00A61E04"/>
     <w:rsid w:val="00A6215A"/>
     <w:rsid w:val="00A671CA"/>
     <w:rsid w:val="00A67663"/>
     <w:rsid w:val="00A802EA"/>
     <w:rsid w:val="00A82A4A"/>
     <w:rsid w:val="00A83D0B"/>
     <w:rsid w:val="00A845C4"/>
     <w:rsid w:val="00A84771"/>
     <w:rsid w:val="00A90E58"/>
     <w:rsid w:val="00A9318E"/>
     <w:rsid w:val="00A9326B"/>
     <w:rsid w:val="00A9635D"/>
     <w:rsid w:val="00A96A91"/>
+    <w:rsid w:val="00AA10FA"/>
     <w:rsid w:val="00AA155D"/>
     <w:rsid w:val="00AA1C9C"/>
     <w:rsid w:val="00AA41A6"/>
     <w:rsid w:val="00AA44FD"/>
     <w:rsid w:val="00AB2B77"/>
     <w:rsid w:val="00AC2548"/>
     <w:rsid w:val="00AC4D85"/>
     <w:rsid w:val="00AC6C0D"/>
     <w:rsid w:val="00AC6E44"/>
     <w:rsid w:val="00AC7486"/>
     <w:rsid w:val="00AD028D"/>
     <w:rsid w:val="00AD1821"/>
     <w:rsid w:val="00AD1C7F"/>
     <w:rsid w:val="00AD602B"/>
     <w:rsid w:val="00AD7F9C"/>
     <w:rsid w:val="00AE1127"/>
     <w:rsid w:val="00AE1B66"/>
     <w:rsid w:val="00AE34C8"/>
     <w:rsid w:val="00AF3F94"/>
     <w:rsid w:val="00AF422B"/>
     <w:rsid w:val="00B01684"/>
     <w:rsid w:val="00B0351C"/>
     <w:rsid w:val="00B108D5"/>
     <w:rsid w:val="00B179DA"/>
     <w:rsid w:val="00B24B2C"/>
     <w:rsid w:val="00B26302"/>
     <w:rsid w:val="00B26D83"/>
     <w:rsid w:val="00B332F1"/>
     <w:rsid w:val="00B376B9"/>
     <w:rsid w:val="00B41C8C"/>
     <w:rsid w:val="00B42288"/>
     <w:rsid w:val="00B45D97"/>
     <w:rsid w:val="00B4668C"/>
     <w:rsid w:val="00B5004D"/>
-    <w:rsid w:val="00B516A9"/>
     <w:rsid w:val="00B5374D"/>
     <w:rsid w:val="00B53772"/>
     <w:rsid w:val="00B64F94"/>
     <w:rsid w:val="00B701D0"/>
     <w:rsid w:val="00B703C7"/>
     <w:rsid w:val="00B70733"/>
     <w:rsid w:val="00B719CC"/>
     <w:rsid w:val="00B755C2"/>
     <w:rsid w:val="00B76675"/>
     <w:rsid w:val="00B80A21"/>
     <w:rsid w:val="00B858E4"/>
     <w:rsid w:val="00B858F6"/>
     <w:rsid w:val="00B9042A"/>
+    <w:rsid w:val="00B9580C"/>
     <w:rsid w:val="00B97C2D"/>
     <w:rsid w:val="00BA513E"/>
     <w:rsid w:val="00BB0C4E"/>
     <w:rsid w:val="00BB2FF0"/>
     <w:rsid w:val="00BB4551"/>
     <w:rsid w:val="00BC2380"/>
     <w:rsid w:val="00BD00AA"/>
     <w:rsid w:val="00BD0CB9"/>
     <w:rsid w:val="00BD16CE"/>
+    <w:rsid w:val="00BD6975"/>
     <w:rsid w:val="00BE0923"/>
     <w:rsid w:val="00BE19AC"/>
     <w:rsid w:val="00BE498D"/>
     <w:rsid w:val="00BE4A02"/>
     <w:rsid w:val="00BE5C3D"/>
     <w:rsid w:val="00BF4CDD"/>
     <w:rsid w:val="00BF74F1"/>
+    <w:rsid w:val="00C06DBF"/>
     <w:rsid w:val="00C11E6D"/>
     <w:rsid w:val="00C13C6E"/>
     <w:rsid w:val="00C17C11"/>
     <w:rsid w:val="00C23BC5"/>
     <w:rsid w:val="00C248EA"/>
     <w:rsid w:val="00C2581E"/>
     <w:rsid w:val="00C26704"/>
     <w:rsid w:val="00C36F1B"/>
     <w:rsid w:val="00C43118"/>
     <w:rsid w:val="00C43D4F"/>
     <w:rsid w:val="00C45CB7"/>
     <w:rsid w:val="00C54A5D"/>
     <w:rsid w:val="00C614F4"/>
+    <w:rsid w:val="00C6795F"/>
     <w:rsid w:val="00C74455"/>
     <w:rsid w:val="00C761BC"/>
     <w:rsid w:val="00C81A99"/>
     <w:rsid w:val="00C82CAE"/>
     <w:rsid w:val="00C84281"/>
     <w:rsid w:val="00C90F08"/>
     <w:rsid w:val="00C926FB"/>
     <w:rsid w:val="00C97394"/>
     <w:rsid w:val="00C97534"/>
     <w:rsid w:val="00CA1685"/>
     <w:rsid w:val="00CA2200"/>
     <w:rsid w:val="00CA474D"/>
     <w:rsid w:val="00CA7CDB"/>
     <w:rsid w:val="00CB5373"/>
     <w:rsid w:val="00CB54B1"/>
     <w:rsid w:val="00CC3800"/>
     <w:rsid w:val="00CD3DCF"/>
     <w:rsid w:val="00CD5D9D"/>
     <w:rsid w:val="00CE0C9C"/>
+    <w:rsid w:val="00CE3CD3"/>
     <w:rsid w:val="00CE79A5"/>
     <w:rsid w:val="00CF2B40"/>
     <w:rsid w:val="00CF2CFE"/>
     <w:rsid w:val="00CF2EE7"/>
     <w:rsid w:val="00CF79BA"/>
     <w:rsid w:val="00D11CF3"/>
     <w:rsid w:val="00D1266C"/>
     <w:rsid w:val="00D179DA"/>
     <w:rsid w:val="00D2157D"/>
     <w:rsid w:val="00D22214"/>
     <w:rsid w:val="00D23598"/>
     <w:rsid w:val="00D26715"/>
     <w:rsid w:val="00D27FF9"/>
     <w:rsid w:val="00D31C98"/>
     <w:rsid w:val="00D422D4"/>
     <w:rsid w:val="00D4259D"/>
     <w:rsid w:val="00D44AEA"/>
     <w:rsid w:val="00D455BF"/>
     <w:rsid w:val="00D45E92"/>
     <w:rsid w:val="00D47DB2"/>
     <w:rsid w:val="00D51576"/>
     <w:rsid w:val="00D516EA"/>
     <w:rsid w:val="00D6238E"/>
     <w:rsid w:val="00D64A7B"/>
     <w:rsid w:val="00D6502B"/>
     <w:rsid w:val="00D67E2F"/>
     <w:rsid w:val="00D71975"/>
     <w:rsid w:val="00D72071"/>
     <w:rsid w:val="00D730BD"/>
     <w:rsid w:val="00D75826"/>
     <w:rsid w:val="00D82923"/>
     <w:rsid w:val="00D82FA3"/>
     <w:rsid w:val="00D903DB"/>
     <w:rsid w:val="00D90B8A"/>
     <w:rsid w:val="00D92C54"/>
     <w:rsid w:val="00D94880"/>
     <w:rsid w:val="00D951F4"/>
     <w:rsid w:val="00DA0CDD"/>
     <w:rsid w:val="00DA0D58"/>
     <w:rsid w:val="00DA164A"/>
     <w:rsid w:val="00DB3B46"/>
     <w:rsid w:val="00DC28D0"/>
     <w:rsid w:val="00DC318D"/>
     <w:rsid w:val="00DC4173"/>
+    <w:rsid w:val="00DC75D7"/>
     <w:rsid w:val="00DD1545"/>
     <w:rsid w:val="00DD7D7C"/>
     <w:rsid w:val="00DE0002"/>
     <w:rsid w:val="00DE2556"/>
     <w:rsid w:val="00DE38E2"/>
     <w:rsid w:val="00DE7BC9"/>
     <w:rsid w:val="00DF0619"/>
     <w:rsid w:val="00DF0EA2"/>
     <w:rsid w:val="00DF5B62"/>
     <w:rsid w:val="00E02185"/>
     <w:rsid w:val="00E0512D"/>
+    <w:rsid w:val="00E0547E"/>
     <w:rsid w:val="00E06E7D"/>
     <w:rsid w:val="00E07B2A"/>
     <w:rsid w:val="00E14D6C"/>
     <w:rsid w:val="00E1707F"/>
     <w:rsid w:val="00E33C2D"/>
     <w:rsid w:val="00E344BB"/>
     <w:rsid w:val="00E37826"/>
     <w:rsid w:val="00E40041"/>
     <w:rsid w:val="00E43F2F"/>
     <w:rsid w:val="00E51C48"/>
     <w:rsid w:val="00E524D9"/>
     <w:rsid w:val="00E531A9"/>
     <w:rsid w:val="00E66979"/>
     <w:rsid w:val="00E73699"/>
     <w:rsid w:val="00E75C73"/>
     <w:rsid w:val="00E8131F"/>
     <w:rsid w:val="00E85D4C"/>
     <w:rsid w:val="00E92DA4"/>
     <w:rsid w:val="00E95591"/>
     <w:rsid w:val="00EA025B"/>
     <w:rsid w:val="00EA4136"/>
     <w:rsid w:val="00EA665B"/>
     <w:rsid w:val="00EA6DB8"/>
     <w:rsid w:val="00EB3524"/>
     <w:rsid w:val="00EB3A73"/>
@@ -4320,52 +3508,52 @@
     <w:rsid w:val="00F723F3"/>
     <w:rsid w:val="00F730CD"/>
     <w:rsid w:val="00F77DBB"/>
     <w:rsid w:val="00F83245"/>
     <w:rsid w:val="00F86F73"/>
     <w:rsid w:val="00F90329"/>
     <w:rsid w:val="00F92E8D"/>
     <w:rsid w:val="00F9413A"/>
     <w:rsid w:val="00F96E67"/>
     <w:rsid w:val="00F97236"/>
     <w:rsid w:val="00FA1E25"/>
     <w:rsid w:val="00FA1EDC"/>
     <w:rsid w:val="00FA379C"/>
     <w:rsid w:val="00FB18E9"/>
     <w:rsid w:val="00FB5596"/>
     <w:rsid w:val="00FB5CE3"/>
     <w:rsid w:val="00FC0DEB"/>
     <w:rsid w:val="00FC1E37"/>
     <w:rsid w:val="00FC7406"/>
     <w:rsid w:val="00FE0936"/>
     <w:rsid w:val="00FE15FC"/>
     <w:rsid w:val="00FE1B28"/>
     <w:rsid w:val="00FE2D0E"/>
     <w:rsid w:val="00FF1801"/>
     <w:rsid w:val="00FF58BB"/>
-    <w:rsid w:val="1B807F84"/>
-    <w:rsid w:val="3A3C73CB"/>
+    <w:rsid w:val="487A48EA"/>
+    <w:rsid w:val="734D72CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
@@ -4396,73 +3584,73 @@
     <w:lsdException w:uiPriority="0" w:name="index 9"/>
     <w:lsdException w:uiPriority="0" w:name="toc 1"/>
     <w:lsdException w:uiPriority="0" w:name="toc 2"/>
     <w:lsdException w:uiPriority="0" w:name="toc 3"/>
     <w:lsdException w:uiPriority="0" w:name="toc 4"/>
     <w:lsdException w:uiPriority="0" w:name="toc 5"/>
     <w:lsdException w:uiPriority="0" w:name="toc 6"/>
     <w:lsdException w:uiPriority="0" w:name="toc 7"/>
     <w:lsdException w:uiPriority="0" w:name="toc 8"/>
     <w:lsdException w:uiPriority="0" w:name="toc 9"/>
     <w:lsdException w:uiPriority="0" w:name="Normal Indent"/>
     <w:lsdException w:uiPriority="0" w:name="footnote text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="annotation text"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
     <w:lsdException w:uiPriority="0" w:name="index heading"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
     <w:lsdException w:uiPriority="0" w:name="table of figures"/>
     <w:lsdException w:uiPriority="0" w:name="envelope address"/>
     <w:lsdException w:uiPriority="0" w:name="envelope return"/>
     <w:lsdException w:uiPriority="0" w:name="footnote reference"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="annotation reference"/>
     <w:lsdException w:uiPriority="0" w:name="line number"/>
     <w:lsdException w:uiPriority="0" w:name="page number"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="endnote reference"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="0" w:name="endnote text"/>
     <w:lsdException w:uiPriority="0" w:name="table of authorities"/>
     <w:lsdException w:uiPriority="0" w:name="macro"/>
     <w:lsdException w:uiPriority="0" w:name="toa heading"/>
     <w:lsdException w:uiPriority="0" w:name="List"/>
     <w:lsdException w:uiPriority="0" w:name="List Bullet"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
     <w:lsdException w:uiPriority="0" w:name="List 2"/>
     <w:lsdException w:uiPriority="0" w:name="List 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
     <w:lsdException w:uiPriority="0" w:name="List Bullet 2"/>
     <w:lsdException w:uiPriority="0" w:name="List Bullet 3"/>
     <w:lsdException w:uiPriority="0" w:name="List Bullet 4"/>
     <w:lsdException w:uiPriority="0" w:name="List Bullet 5"/>
     <w:lsdException w:uiPriority="0" w:name="List Number 2"/>
     <w:lsdException w:uiPriority="0" w:name="List Number 3"/>
     <w:lsdException w:uiPriority="0" w:name="List Number 4"/>
     <w:lsdException w:uiPriority="0" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
     <w:lsdException w:uiPriority="0" w:name="Closing"/>
     <w:lsdException w:uiPriority="0" w:name="Signature"/>
-    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="0" w:name="List Continue"/>
     <w:lsdException w:uiPriority="0" w:name="List Continue 2"/>
     <w:lsdException w:uiPriority="0" w:name="List Continue 3"/>
     <w:lsdException w:uiPriority="0" w:name="List Continue 4"/>
     <w:lsdException w:uiPriority="0" w:name="List Continue 5"/>
     <w:lsdException w:uiPriority="0" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text First Indent 2"/>
     <w:lsdException w:uiPriority="0" w:name="Note Heading"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text 2"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text 3"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text Indent 2"/>
     <w:lsdException w:uiPriority="0" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="0" w:name="Block Text"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:uiPriority="0" w:name="Document Map"/>
     <w:lsdException w:uiPriority="0" w:name="Plain Text"/>
@@ -4501,51 +3689,51 @@
     <w:lsdException w:uiPriority="0" w:name="Table Grid 4"/>
     <w:lsdException w:uiPriority="0" w:name="Table Grid 5"/>
     <w:lsdException w:uiPriority="0" w:name="Table Grid 6"/>
     <w:lsdException w:uiPriority="0" w:name="Table Grid 7"/>
     <w:lsdException w:uiPriority="0" w:name="Table Grid 8"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 1"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 2"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 3"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 4"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 5"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 6"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 7"/>
     <w:lsdException w:uiPriority="0" w:name="Table List 8"/>
     <w:lsdException w:uiPriority="0" w:name="Table 3D effects 1"/>
     <w:lsdException w:uiPriority="0" w:name="Table 3D effects 2"/>
     <w:lsdException w:uiPriority="0" w:name="Table 3D effects 3"/>
     <w:lsdException w:uiPriority="0" w:name="Table Contemporary"/>
     <w:lsdException w:uiPriority="0" w:name="Table Elegant"/>
     <w:lsdException w:uiPriority="0" w:name="Table Professional"/>
     <w:lsdException w:uiPriority="0" w:name="Table Subtle 1"/>
     <w:lsdException w:uiPriority="0" w:name="Table Subtle 2"/>
     <w:lsdException w:uiPriority="0" w:name="Table Web 1"/>
     <w:lsdException w:uiPriority="0" w:name="Table Web 2"/>
     <w:lsdException w:uiPriority="0" w:name="Table Web 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="Balloon Text"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:uiPriority="0" w:name="Table Theme"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
@@ -4665,87 +3853,85 @@
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
     <w:link w:val="20"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="260" w:after="260" w:line="416" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="12">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="10">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="24"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="23"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="22"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="18"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
@@ -4779,51 +3965,50 @@
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="4"/>
     <w:next w:val="4"/>
     <w:link w:val="25"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="11">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="10"/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="13">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="12"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="14">
     <w:name w:val="FollowedHyperlink"/>
@@ -4864,62 +4049,62 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="17">
     <w:name w:val="页眉 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="8"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="18">
     <w:name w:val="页脚 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="7"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="19">
     <w:name w:val="标题 1 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="2"/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="44"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="标题 2 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="3"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
@@ -4953,90 +4138,89 @@
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="24">
     <w:name w:val="批注文字 字符"/>
     <w:basedOn w:val="12"/>
     <w:link w:val="4"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="25">
     <w:name w:val="批注主题 字符"/>
     <w:basedOn w:val="24"/>
     <w:link w:val="9"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="27">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="12"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Program%20Files\Microsoft%20Office\Templates\2052\Office%20Word%202003%20Look.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -5333,87 +4517,89 @@
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF86CAB9-9E12-4E4A-9897-47F12B4EE9A6}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Word 2003 Look.dotx</Template>
-  <Pages>2</Pages>
-[...3 lines deleted...]
-  <Paragraphs>59</Paragraphs>
+  <Pages>1</Pages>
+  <Words>193</Words>
+  <Characters>1245</Characters>
+  <Lines>95</Lines>
+  <Paragraphs>49</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>611</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.21915_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>1443</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.23125_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Zhu Liu</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_2015_ms_pID_725343">
     <vt:lpwstr>(3)eXQzmxuq1UfCHbczC258ESw/Q/ff/udgpuiYrnraclwzbrK1SP70oEqfmVNfmZfq2LE+JZa8
 srI283Y5g4H5SIDmYwwBMGrz2Oi9//9h8ioGg9hPhCN83lyc869rGtOFzGuSwBEm8djkYvuW
 EVJzvprbUNMwmCBooXYkd4dIuV/QM0tDrcuRuq+EdX9IONOEwXm9wlweFv3TyTEeUwbQ3Wmv
 XbnyZYpg7OYcTSowlV</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_2015_ms_pID_7253431">
     <vt:lpwstr>v+fM/c3H6W1nGC5nzH/01Eyq+t7ej9SG3nePDlI4g//DjH57cJMNUC
 pdIkKOgxOwLDG4knfZpMLCiAxpEVXEKdWVWORqnnug3kb8K9YYAOPzyAEWsk8TcCrZLjSd65
 ilFFln7eSsRGUNHiCdoipGXC/DYgVHBupV44zcAN0j0WZiMdYIP+eiPUUZIevoAj7NXqO5TQ
 tYowLqqQpCMFZG0PaJaqsTY1Be/FklvQbFS7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_2015_ms_pID_7253432">
     <vt:lpwstr>Zg==</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_readonly">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_change">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_full-control">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="sflag">
     <vt:lpwstr>1600658397</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiYzE2ODEzNGRjMzBmYjBhMjRiY2ZmNjk4ZmVhYTY5YTMiLCJ1c2VySWQiOiIxNTI3NjA4NDc2In0=</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21915</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.23125</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ICV">
-    <vt:lpwstr>3F43E646706B4406824BD4F41D1D5154_12</vt:lpwstr>
+    <vt:lpwstr>88DFB4F5E83144D8B5BC056730C7DD06_12</vt:lpwstr>
   </property>
 </Properties>
 </file>